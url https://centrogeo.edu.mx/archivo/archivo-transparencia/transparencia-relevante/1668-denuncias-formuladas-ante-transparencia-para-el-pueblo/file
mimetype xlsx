--- v0 (2025-10-26)
+++ v1 (2026-03-16)
@@ -1,69 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...2 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E8B86ED-51C9-44C4-9FBB-9CA976CB5617}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="153222"/>
   <bookViews>
-    <workbookView xWindow="19185" yWindow="0" windowWidth="38415" windowHeight="23400" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10830"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="12">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Número de identificación de la denuncia</t>
   </si>
   <si>
     <t>Objeto de la Denuncia</t>
   </si>
   <si>
     <t>Documento de la Denuncia</t>
   </si>
   <si>
     <t>Nota</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t xml:space="preserve"> DENUNCIAS FORMULADAS ANTE TRANSPARENCIA PARA EL PUEBLO, POR INCUMPLIMIENTO O FALTA DE ACTUALIZACIÓN DE LAS OBLIGACIONES DE TRANSPARENCIA DEL CENTRO DE INVESTIGACIÓN EN CIENCIAS DE INFORMACIÓN GEOESPACIAL, A.C. (CENTROGEO).</t>
   </si>
   <si>
     <t>Fecha en que fue emitida la resolución de Transparencia para el Pueblo  (día/mes/año)</t>
   </si>
   <si>
@@ -91,404 +90,60 @@
         <family val="2"/>
       </rPr>
       <t>,</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Transparencia para el Pueblo </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>no emitió resolución alguna sobre denuncias presentadas contra del CentroGeo.</t>
     </r>
   </si>
   <si>
-    <r>
-[...345 lines deleted...]
-  <si>
     <t>-</t>
   </si>
+  <si>
+    <t>Fecha de Actualización: 03/02/2026</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -938,354 +593,146 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C15" sqref="C15"/>
+      <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" customWidth="1"/>
     <col min="4" max="4" width="19.85546875" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" customWidth="1"/>
     <col min="6" max="6" width="13.28515625" customWidth="1"/>
     <col min="7" max="7" width="16.85546875" customWidth="1"/>
     <col min="8" max="8" width="39.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="10"/>
       <c r="B1" s="11"/>
       <c r="C1" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="9"/>
     </row>
     <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="6"/>
     </row>
     <row r="3" spans="1:8" ht="90" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="58.5" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
         <v>1</v>
       </c>
       <c r="B4" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>9</v>
-      </c>
-[...206 lines deleted...]
-        <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="C1:H1"/>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="80" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>