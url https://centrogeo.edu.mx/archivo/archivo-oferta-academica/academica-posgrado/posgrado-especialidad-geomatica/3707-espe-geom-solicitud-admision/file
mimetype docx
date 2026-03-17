--- v0 (2025-10-26)
+++ v1 (2026-03-17)
@@ -1,8018 +1,8458 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="41FF0479" w14:textId="02471EF4" w:rsidR="00F006ED" w:rsidRPr="003243D0" w:rsidRDefault="00F006ED">
+    <w:p w14:paraId="41FF0479" w14:textId="02471EF4" w:rsidR="00F006ED" w:rsidRPr="00220AA9" w:rsidRDefault="00F006ED">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003243D0">
+      <w:r w:rsidRPr="00220AA9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1. Generales</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="732A0D37" w14:textId="77777777" w:rsidR="00466957" w:rsidRPr="003243D0" w:rsidRDefault="00466957">
+    <w:p w14:paraId="732A0D37" w14:textId="77777777" w:rsidR="00466957" w:rsidRPr="00220AA9" w:rsidRDefault="00466957">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="10"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3169"/>
         <w:gridCol w:w="6465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C6D01" w:rsidRPr="003243D0" w14:paraId="65580D6D" w14:textId="7E0F7100" w:rsidTr="00F42447">
+      <w:tr w:rsidR="008C6D01" w:rsidRPr="00220AA9" w14:paraId="65580D6D" w14:textId="7E0F7100" w:rsidTr="00F42447">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3169" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27858B0B" w14:textId="730FCBA7" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="008C6D01" w:rsidP="00B27828">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="27858B0B" w14:textId="730FCBA7" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="008C6D01" w:rsidP="00B27828">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">FECHA SOLICITUD </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="136316037"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="es-MX"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6465" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="316EFF6B" w14:textId="4DAEC683" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="00B27828">
+              <w:p w14:paraId="316EFF6B" w14:textId="4DAEC683" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="00B27828">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00B27828">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic aquí o pulse para escribir una fecha.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61DE7E1E" w14:textId="77777777" w:rsidR="00952170" w:rsidRPr="00D11C40" w:rsidRDefault="00952170">
+    <w:p w14:paraId="61DE7E1E" w14:textId="77777777" w:rsidR="00952170" w:rsidRPr="00220AA9" w:rsidRDefault="00952170">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="3078"/>
         <w:gridCol w:w="3315"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001370E7" w:rsidRPr="003243D0" w14:paraId="41038529" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="001370E7" w:rsidRPr="00220AA9" w14:paraId="41038529" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9620" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06A347BB" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="003243D0" w:rsidRDefault="001370E7" w:rsidP="00232F56">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="06A347BB" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="00220AA9" w:rsidRDefault="001370E7" w:rsidP="00232F56">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NOMBRE DEL SOLICITANTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001370E7" w:rsidRPr="003243D0" w14:paraId="7A62111B" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="001370E7" w:rsidRPr="00220AA9" w14:paraId="7A62111B" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-804384062"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3227" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3F184086" w14:textId="31EBB5C9" w:rsidR="001370E7" w:rsidRPr="003243D0" w:rsidRDefault="00B27828" w:rsidP="00232F56">
+              <w:p w14:paraId="3F184086" w14:textId="31EBB5C9" w:rsidR="001370E7" w:rsidRPr="00220AA9" w:rsidRDefault="00B27828" w:rsidP="00232F56">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00B27828">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-768928931"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3078" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="20702B39" w14:textId="0FF00CC8" w:rsidR="001370E7" w:rsidRPr="003243D0" w:rsidRDefault="00B27828" w:rsidP="00232F56">
+              <w:p w14:paraId="20702B39" w14:textId="0FF00CC8" w:rsidR="001370E7" w:rsidRPr="00220AA9" w:rsidRDefault="00B27828" w:rsidP="00232F56">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00B27828">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1509522409"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3315" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0A36FBAF" w14:textId="6451CB22" w:rsidR="001370E7" w:rsidRPr="003243D0" w:rsidRDefault="00B27828" w:rsidP="00232F56">
+              <w:p w14:paraId="0A36FBAF" w14:textId="6451CB22" w:rsidR="001370E7" w:rsidRPr="00220AA9" w:rsidRDefault="00B27828" w:rsidP="00232F56">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00B27828">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="001370E7" w:rsidRPr="003243D0" w14:paraId="7C1B9C6F" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="001370E7" w:rsidRPr="00220AA9" w14:paraId="7C1B9C6F" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F374347" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="003243D0" w:rsidRDefault="001370E7" w:rsidP="00232F56">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="1F374347" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="00220AA9" w:rsidRDefault="001370E7" w:rsidP="00232F56">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Apellido Paterno</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="261CC80C" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="003243D0" w:rsidRDefault="001370E7" w:rsidP="00232F56">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="261CC80C" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="00220AA9" w:rsidRDefault="001370E7" w:rsidP="00232F56">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Apellido Materno</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39333240" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="003243D0" w:rsidRDefault="001370E7" w:rsidP="00232F56">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="39333240" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="00220AA9" w:rsidRDefault="001370E7" w:rsidP="00232F56">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D13AE4F" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="000339F8" w:rsidRDefault="001370E7">
+    <w:p w14:paraId="6D13AE4F" w14:textId="77777777" w:rsidR="001370E7" w:rsidRPr="00220AA9" w:rsidRDefault="001370E7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="36"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9620" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2235"/>
-        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="3232"/>
         <w:gridCol w:w="28"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="851"/>
-        <w:gridCol w:w="1970"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="1828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C6D01" w:rsidRPr="003243D0" w14:paraId="18AD5FE5" w14:textId="77777777" w:rsidTr="00B27828">
+      <w:tr w:rsidR="008C6D01" w:rsidRPr="00220AA9" w14:paraId="18AD5FE5" w14:textId="77777777" w:rsidTr="00B27828">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9620" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="415944B3" w14:textId="1C6A5A87" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="008C6D01" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="415944B3" w14:textId="1C6A5A87" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="008C6D01" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DOMICILIO ACTUAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0052075C" w:rsidRPr="003243D0" w14:paraId="53DAE631" w14:textId="77777777" w:rsidTr="00E84807">
+      <w:tr w:rsidR="0052075C" w:rsidRPr="00220AA9" w14:paraId="53DAE631" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:id w:val="1939026012"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5665" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="072BBD36" w14:textId="3E9B6525" w:rsidR="0052075C" w:rsidRPr="003243D0" w:rsidRDefault="006147D1" w:rsidP="008C55A4">
+              <w:p w14:paraId="072BBD36" w14:textId="3E9B6525" w:rsidR="0052075C" w:rsidRPr="00220AA9" w:rsidRDefault="006147D1" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="cyan"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006147D1">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:id w:val="683251920"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1985" w:type="dxa"/>
+                <w:tcW w:w="2127" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="34066E1A" w14:textId="5E64E451" w:rsidR="0052075C" w:rsidRPr="003243D0" w:rsidRDefault="006147D1" w:rsidP="008C55A4">
+              <w:p w14:paraId="34066E1A" w14:textId="5E64E451" w:rsidR="0052075C" w:rsidRPr="00220AA9" w:rsidRDefault="006147D1" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="cyan"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006147D1">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:id w:val="-1559704849"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1970" w:type="dxa"/>
+                <w:tcW w:w="1828" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0D496601" w14:textId="44150DCE" w:rsidR="0052075C" w:rsidRPr="003243D0" w:rsidRDefault="006147D1" w:rsidP="008C55A4">
+              <w:p w14:paraId="0D496601" w14:textId="44150DCE" w:rsidR="0052075C" w:rsidRPr="00220AA9" w:rsidRDefault="006147D1" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="cyan"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006147D1">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0052075C" w:rsidRPr="003243D0" w14:paraId="1208C8C5" w14:textId="77777777" w:rsidTr="00E84807">
+      <w:tr w:rsidR="0052075C" w:rsidRPr="00220AA9" w14:paraId="1208C8C5" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F0E50A4" w14:textId="744B62A9" w:rsidR="0052075C" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="00B27828">
+          <w:p w14:paraId="6F0E50A4" w14:textId="744B62A9" w:rsidR="0052075C" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="00B27828">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Calle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1338909A" w14:textId="0B8A022D" w:rsidR="0052075C" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="00E84807">
+          <w:p w14:paraId="1338909A" w14:textId="0B8A022D" w:rsidR="0052075C" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="00E84807">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003243D0">
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Número Ext.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcW w:w="1828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C102282" w14:textId="09B8DFBD" w:rsidR="0052075C" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="00E84807">
+          <w:p w14:paraId="7C102282" w14:textId="09B8DFBD" w:rsidR="0052075C" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="00E84807">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003243D0">
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Número Int.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C6D01" w:rsidRPr="003243D0" w14:paraId="47B7D3B4" w14:textId="77777777" w:rsidTr="00B27828">
+      <w:tr w:rsidR="008C6D01" w:rsidRPr="00220AA9" w14:paraId="47B7D3B4" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2085D9" w14:textId="6850284A" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="1E2085D9" w14:textId="6850284A" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entrevialidades</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="7385" w:type="dxa"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7215" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1329DAB3" w14:textId="3A189BE1" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="001564B2" w:rsidP="006147D1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="1329DAB3" w14:textId="3A189BE1" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="001564B2" w:rsidP="006147D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                  <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-231311642"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="006147D1" w:rsidRPr="006147D1">
+                <w:r w:rsidR="006147D1" w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="006147D1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidR="006147D1" w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB3707">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">y </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                  <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="120737138"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="006147D1" w:rsidRPr="006147D1">
+                <w:r w:rsidR="006147D1" w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C6D01" w:rsidRPr="003243D0" w14:paraId="2855F43D" w14:textId="77777777" w:rsidTr="00BB5025">
+      <w:tr w:rsidR="008C6D01" w:rsidRPr="00220AA9" w14:paraId="2855F43D" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72416F96" w14:textId="6FC96D9F" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="72416F96" w14:textId="6FC96D9F" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Colonia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-711190040"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4564" w:type="dxa"/>
+                <w:tcW w:w="4394" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="201E54EA" w14:textId="1AF7BF44" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="006147D1" w:rsidP="008C55A4">
+              <w:p w14:paraId="201E54EA" w14:textId="1AF7BF44" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="006147D1" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006147D1">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46AC5213" w14:textId="1D5CC49B" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="008C6D01" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="46AC5213" w14:textId="1D5CC49B" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="008C6D01" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C.P.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1405213649"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1970" w:type="dxa"/>
+                <w:tcW w:w="1828" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5BD57E2A" w14:textId="2FDCEC5D" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
+              <w:p w14:paraId="5BD57E2A" w14:textId="2FDCEC5D" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00BB5025">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008C6D01" w:rsidRPr="003243D0" w14:paraId="6681D3EC" w14:textId="77777777" w:rsidTr="00BB5025">
+      <w:tr w:rsidR="008C6D01" w:rsidRPr="00220AA9" w14:paraId="6681D3EC" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04879FFB" w14:textId="3A39ABDC" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="04879FFB" w14:textId="3A39ABDC" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ciudad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-878083920"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4564" w:type="dxa"/>
+                <w:tcW w:w="4394" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="231BE088" w14:textId="23D4A67C" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
+              <w:p w14:paraId="231BE088" w14:textId="23D4A67C" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00BB5025">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F819626" w14:textId="2D68764D" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="7F819626" w14:textId="2D68764D" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Estado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1736052633"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1970" w:type="dxa"/>
+                <w:tcW w:w="1828" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="296A1A5B" w14:textId="53E8FDBD" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
+              <w:p w14:paraId="296A1A5B" w14:textId="53E8FDBD" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00BB5025">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008C6D01" w:rsidRPr="003243D0" w14:paraId="1AB2FFD6" w14:textId="77777777" w:rsidTr="00B27828">
+      <w:tr w:rsidR="008C6D01" w:rsidRPr="00220AA9" w14:paraId="1AB2FFD6" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DABEDC9" w14:textId="27D6D4F4" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="1DABEDC9" w14:textId="27D6D4F4" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Delegación/Municipio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="2059821476"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7385" w:type="dxa"/>
+                <w:tcW w:w="7215" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2CA6EBDB" w14:textId="150B94A8" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
+              <w:p w14:paraId="2CA6EBDB" w14:textId="150B94A8" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00BB5025">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008C6D01" w:rsidRPr="003243D0" w14:paraId="0AE9D294" w14:textId="77777777" w:rsidTr="00BB5025">
+      <w:tr w:rsidR="008C6D01" w:rsidRPr="00220AA9" w14:paraId="0AE9D294" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D50FAD5" w14:textId="5C5EC020" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="3D50FAD5" w14:textId="5C5EC020" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teléfono Fijo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1501614803"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="3402" w:type="dxa"/>
+                <w:tcW w:w="3232" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3ADAC20B" w14:textId="202B1B49" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
+              <w:p w14:paraId="3ADAC20B" w14:textId="202B1B49" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00BB5025">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2013" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="020C3D30" w14:textId="5DF4473D" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="020C3D30" w14:textId="5DF4473D" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teléfono Móvil</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1593613815"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1970" w:type="dxa"/>
+                <w:tcW w:w="1828" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2A9400A7" w14:textId="2D46A1E8" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
+              <w:p w14:paraId="2A9400A7" w14:textId="2D46A1E8" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00BB5025">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008C6D01" w:rsidRPr="003243D0" w14:paraId="2BCA8DD4" w14:textId="77777777" w:rsidTr="00B27828">
+      <w:tr w:rsidR="008C6D01" w:rsidRPr="00220AA9" w14:paraId="2BCA8DD4" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD4AD35" w14:textId="4D1E2A61" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="0AD4AD35" w14:textId="4D1E2A61" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="0052075C" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo Electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="804819451"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7385" w:type="dxa"/>
+                <w:tcW w:w="7215" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7A12516C" w14:textId="4D057FBA" w:rsidR="008C6D01" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
+              <w:p w14:paraId="7A12516C" w14:textId="4D057FBA" w:rsidR="008C6D01" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00BB5025">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F99372A" w14:textId="77777777" w:rsidR="00952170" w:rsidRPr="00E84807" w:rsidRDefault="00952170">
+    <w:p w14:paraId="2F99372A" w14:textId="77777777" w:rsidR="00952170" w:rsidRPr="00220AA9" w:rsidRDefault="00952170">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2235"/>
         <w:gridCol w:w="996"/>
         <w:gridCol w:w="1130"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="595"/>
         <w:gridCol w:w="1247"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="312"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1105"/>
         <w:gridCol w:w="24"/>
         <w:gridCol w:w="420"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00002193" w:rsidRPr="003243D0" w14:paraId="248DDF71" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="00002193" w:rsidRPr="00220AA9" w14:paraId="248DDF71" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C93B836" w14:textId="5F2F49E7" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="4C93B836" w14:textId="5F2F49E7" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NACIONALIDAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1015376266"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7389" w:type="dxa"/>
                 <w:gridSpan w:val="12"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7D864EE7" w14:textId="46E21D39" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00774233">
+              <w:p w14:paraId="7D864EE7" w14:textId="46E21D39" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00774233">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00774233" w:rsidRPr="003243D0" w14:paraId="6347444A" w14:textId="77777777" w:rsidTr="00F90E18">
+      <w:tr w:rsidR="00774233" w:rsidRPr="00220AA9" w14:paraId="6347444A" w14:textId="77777777" w:rsidTr="00F90E18">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12CD9625" w14:textId="76203CE7" w:rsidR="00774233" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00F90E18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="12CD9625" w14:textId="76203CE7" w:rsidR="00774233" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00F90E18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecha Nacimiento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-678271610"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="es-MX"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5103" w:type="dxa"/>
                 <w:gridSpan w:val="7"/>
                 <w:vMerge w:val="restart"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="1BE877D8" w14:textId="07A38DAE" w:rsidR="00774233" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="1BE877D8" w14:textId="07A38DAE" w:rsidR="00774233" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic aquí o pulse para escribir una fecha.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="404A49F3" w14:textId="696B622E" w:rsidR="00774233" w:rsidRPr="003243D0" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="404A49F3" w14:textId="696B622E" w:rsidR="00774233" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sexo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D03B6C1" w14:textId="51262E5D" w:rsidR="00774233" w:rsidRPr="003243D0" w:rsidRDefault="00774233" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="7D03B6C1" w14:textId="51262E5D" w:rsidR="00774233" w:rsidRPr="00220AA9" w:rsidRDefault="00774233" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="652033460"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="420" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="12871542" w14:textId="389D5D23" w:rsidR="00774233" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00774233">
+              <w:p w14:paraId="12871542" w14:textId="389D5D23" w:rsidR="00774233" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00774233">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BB5025" w:rsidRPr="003243D0" w14:paraId="31B1AFAC" w14:textId="77777777" w:rsidTr="00F90E18">
+      <w:tr w:rsidR="00BB5025" w:rsidRPr="00220AA9" w14:paraId="31B1AFAC" w14:textId="77777777" w:rsidTr="00F90E18">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4013B761" w14:textId="77777777" w:rsidR="00BB5025" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="00BB5025">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="4013B761" w14:textId="77777777" w:rsidR="00BB5025" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="00BB5025">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15B5B3B1" w14:textId="77777777" w:rsidR="00BB5025" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="00BB5025">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="15B5B3B1" w14:textId="77777777" w:rsidR="00BB5025" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="00BB5025">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76BB43D8" w14:textId="7B9F7A23" w:rsidR="00BB5025" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="00BB5025">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="76BB43D8" w14:textId="7B9F7A23" w:rsidR="00BB5025" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="00BB5025">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0926BEAB" w14:textId="252D5FBE" w:rsidR="00BB5025" w:rsidRPr="003243D0" w:rsidRDefault="00BB5025" w:rsidP="00BB5025">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="0926BEAB" w14:textId="252D5FBE" w:rsidR="00BB5025" w:rsidRPr="00220AA9" w:rsidRDefault="00BB5025" w:rsidP="00BB5025">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mujer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="31467513"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="420" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2E6D49B7" w14:textId="62F6A595" w:rsidR="00BB5025" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00BB5025">
+              <w:p w14:paraId="2E6D49B7" w14:textId="62F6A595" w:rsidR="00BB5025" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00BB5025">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008B4EFD" w:rsidRPr="003243D0" w14:paraId="1DE03358" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w14:paraId="1DE03358" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08AD2A30" w14:textId="60CB6B72" w:rsidR="008B4EFD" w:rsidRPr="003243D0" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="08AD2A30" w14:textId="60CB6B72" w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lugar Nacimiento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1945968182"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2835" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6114A961" w14:textId="1D7F0DEC" w:rsidR="008B4EFD" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="6114A961" w14:textId="1D7F0DEC" w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-957331820"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="189DD751" w14:textId="797C60CF" w:rsidR="008B4EFD" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="189DD751" w14:textId="797C60CF" w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1116752660"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2286" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="153142E6" w14:textId="1C9BFE76" w:rsidR="008B4EFD" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="153142E6" w14:textId="1C9BFE76" w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008B4EFD" w:rsidRPr="003243D0" w14:paraId="40E2B863" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w14:paraId="40E2B863" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1E7CE1" w14:textId="77777777" w:rsidR="008B4EFD" w:rsidRPr="003243D0" w:rsidRDefault="008B4EFD" w:rsidP="008C55A4">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="3D1E7CE1" w14:textId="77777777" w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w:rsidRDefault="008B4EFD" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64040B7C" w14:textId="26B8AF2A" w:rsidR="008B4EFD" w:rsidRPr="003243D0" w:rsidRDefault="008B4EFD" w:rsidP="008C55A4">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="64040B7C" w14:textId="26B8AF2A" w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w:rsidRDefault="008B4EFD" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58CC088A" w14:textId="4A30B952" w:rsidR="008B4EFD" w:rsidRPr="003243D0" w:rsidRDefault="008B4EFD" w:rsidP="008C55A4">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="58CC088A" w14:textId="4A30B952" w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w:rsidRDefault="008B4EFD" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Estado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C5841D7" w14:textId="2EC912EF" w:rsidR="008B4EFD" w:rsidRPr="003243D0" w:rsidRDefault="008B4EFD" w:rsidP="008C55A4">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="5C5841D7" w14:textId="2EC912EF" w:rsidR="008B4EFD" w:rsidRPr="00220AA9" w:rsidRDefault="008B4EFD" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ciudad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00002193" w:rsidRPr="003243D0" w14:paraId="1D2597AC" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="00002193" w:rsidRPr="00220AA9" w14:paraId="1D2597AC" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50ADB955" w14:textId="0C8D4F7B" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00002193" w:rsidP="00DA7555">
+          <w:p w14:paraId="50ADB955" w14:textId="0C8D4F7B" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="00DA7555">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Estatus Migratorio</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33ABC068" w14:textId="77777777" w:rsidR="00002193" w:rsidRPr="00DA7555" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="33ABC068" w14:textId="77777777" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA7555">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:i/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Estudiantes extranjeros)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1322270077"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7389" w:type="dxa"/>
                 <w:gridSpan w:val="12"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="28A6AC1D" w14:textId="39C428B6" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="28A6AC1D" w14:textId="39C428B6" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00002193" w:rsidRPr="003243D0" w14:paraId="46727826" w14:textId="77777777" w:rsidTr="00F90E18">
+      <w:tr w:rsidR="00002193" w:rsidRPr="00220AA9" w14:paraId="46727826" w14:textId="77777777" w:rsidTr="00F90E18">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="463871BC" w14:textId="34F08957" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="463871BC" w14:textId="34F08957" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Estado Civil</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="527143361"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3430" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="38E16258" w14:textId="0403D306" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="38E16258" w14:textId="0403D306" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC60AB5" w14:textId="1754707B" w:rsidR="00002193" w:rsidRPr="00DA7555" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...11 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w14:paraId="7AC60AB5" w14:textId="1754707B" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Núm. Dependientes Económicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="987212840"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1974" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7DEB4993" w14:textId="6BAAE7D7" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="7DEB4993" w14:textId="6BAAE7D7" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00002193" w:rsidRPr="003243D0" w14:paraId="695675D1" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="00002193" w:rsidRPr="00220AA9" w14:paraId="695675D1" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30782B70" w14:textId="2934E3B5" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="30782B70" w14:textId="2934E3B5" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Actividad Actual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D27352B" w14:textId="38819DFE" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="0D27352B" w14:textId="38819DFE" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Estudiante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1942912333"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="342F5F0E" w14:textId="3C24DBA2" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="342F5F0E" w14:textId="3C24DBA2" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="185E6AEA" w14:textId="2BCB9E50" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="185E6AEA" w14:textId="2BCB9E50" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Empleado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="939253491"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="793849C7" w14:textId="3F0C6FBE" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="793849C7" w14:textId="3F0C6FBE" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F734F06" w14:textId="281027AC" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00002193" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="7F734F06" w14:textId="281027AC" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00002193" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Desempleado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="821158847"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="444" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="24AF04C3" w14:textId="3A3C5321" w:rsidR="00002193" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="24AF04C3" w14:textId="3A3C5321" w:rsidR="00002193" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00DE5F03" w:rsidRPr="003243D0" w14:paraId="0320B0D3" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="00DE5F03" w:rsidRPr="00220AA9" w14:paraId="0320B0D3" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34F2CFFB" w14:textId="22B62F53" w:rsidR="00DE5F03" w:rsidRPr="003243D0" w:rsidRDefault="00DE5F03" w:rsidP="00DE5F03">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="34F2CFFB" w14:textId="22B62F53" w:rsidR="00DE5F03" w:rsidRPr="00220AA9" w:rsidRDefault="00DE5F03" w:rsidP="00DE5F03">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Si actualmente está empleado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="416D4F60" w14:textId="29B130B4" w:rsidR="00DE5F03" w:rsidRPr="003243D0" w:rsidRDefault="00DE5F03" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="416D4F60" w14:textId="29B130B4" w:rsidR="00DE5F03" w:rsidRPr="00220AA9" w:rsidRDefault="00DE5F03" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Empresa/Institución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1675411110"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5263" w:type="dxa"/>
                 <w:gridSpan w:val="10"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="29F04F58" w14:textId="3996C8D5" w:rsidR="00DE5F03" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="29F04F58" w14:textId="3996C8D5" w:rsidR="00DE5F03" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C837E4" w:rsidRPr="003243D0" w14:paraId="6D435402" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="00C837E4" w:rsidRPr="00220AA9" w14:paraId="6D435402" w14:textId="77777777" w:rsidTr="009230AC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="182C3791" w14:textId="77777777" w:rsidR="00DE5F03" w:rsidRPr="003243D0" w:rsidRDefault="00DE5F03" w:rsidP="008C55A4">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="182C3791" w14:textId="77777777" w:rsidR="00DE5F03" w:rsidRPr="00220AA9" w:rsidRDefault="00DE5F03" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3D9A34" w14:textId="61FCD22E" w:rsidR="00DE5F03" w:rsidRPr="003243D0" w:rsidRDefault="00DE5F03" w:rsidP="008C55A4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="3C3D9A34" w14:textId="61FCD22E" w:rsidR="00DE5F03" w:rsidRPr="00220AA9" w:rsidRDefault="00DE5F03" w:rsidP="008C55A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cargo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="941648980"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6393" w:type="dxa"/>
                 <w:gridSpan w:val="11"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="591A9E9A" w14:textId="16B6F0A2" w:rsidR="00DE5F03" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
+              <w:p w14:paraId="591A9E9A" w14:textId="16B6F0A2" w:rsidR="00DE5F03" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="008C55A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4798D443" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="00E84807" w:rsidRDefault="00B92DBF">
+    <w:p w14:paraId="4798D443" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w:rsidRDefault="00B92DBF">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9624" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2235"/>
-        <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="1021"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1814"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B92DBF" w:rsidRPr="003243D0" w14:paraId="7E102D1B" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w14:paraId="7E102D1B" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="50C55587" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="003243D0" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
+          <w:p w14:paraId="50C55587" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
             <w:pPr>
               <w:spacing w:before="60" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>REGISTROS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...22 lines deleted...]
-            <w:tcW w:w="5830" w:type="dxa"/>
+            <w:tcW w:w="2438" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6F0937" w14:textId="48F4487D" w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w:rsidRDefault="009B5695" w:rsidP="00B92DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PU o CVU SECIHTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4951" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C14F68" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="003243D0" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="67C14F68" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B92DBF" w:rsidRPr="003243D0" w14:paraId="014A31EC" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w14:paraId="014A31EC" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9F6D54" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="003243D0" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="4D9F6D54" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7832078E" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CURP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3258BCD6" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1151271A" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="003243D0" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="1151271A" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2428" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7155BD40" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="003243D0" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="7155BD40" w14:textId="77777777" w:rsidR="00B92DBF" w:rsidRPr="00220AA9" w:rsidRDefault="00B92DBF" w:rsidP="00B92DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FAB4981" w14:textId="022FE4A7" w:rsidR="00AE797F" w:rsidRPr="00BB5025" w:rsidRDefault="00AE797F">
+    <w:p w14:paraId="3FAB4981" w14:textId="022FE4A7" w:rsidR="00AE797F" w:rsidRPr="00220AA9" w:rsidRDefault="00AE797F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="40"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6232" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3169"/>
         <w:gridCol w:w="3063"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B27828" w:rsidRPr="003243D0" w14:paraId="39B87707" w14:textId="77777777" w:rsidTr="00B27828">
+      <w:tr w:rsidR="00B27828" w:rsidRPr="00220AA9" w14:paraId="39B87707" w14:textId="77777777" w:rsidTr="00B27828">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3169" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB796D2" w14:textId="0BBE34F7" w:rsidR="00B27828" w:rsidRPr="003243D0" w:rsidRDefault="00B04103" w:rsidP="002E05AF">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="7DB796D2" w14:textId="0BBE34F7" w:rsidR="00B27828" w:rsidRPr="00220AA9" w:rsidRDefault="00B04103" w:rsidP="002E05AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>POSG</w:t>
             </w:r>
-            <w:r w:rsidR="00B27828">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidR="00B27828" w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RADO QUE SOLICITA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3063" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0721E0C4" w14:textId="2D307223" w:rsidR="00B27828" w:rsidRPr="00B27828" w:rsidRDefault="00B27828" w:rsidP="002E05AF">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="0721E0C4" w14:textId="2D307223" w:rsidR="00B27828" w:rsidRPr="00220AA9" w:rsidRDefault="00B27828" w:rsidP="002E05AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Especialidad en Geomática </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="543641440"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D7B1BBA" w14:textId="77777777" w:rsidR="005D5D84" w:rsidRPr="00176CD6" w:rsidRDefault="005D5D84">
+    <w:p w14:paraId="7D7B1BBA" w14:textId="77777777" w:rsidR="005D5D84" w:rsidRPr="00220AA9" w:rsidRDefault="005D5D84">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34A8F4FF" w14:textId="355B1CE4" w:rsidR="00EB09D4" w:rsidRPr="000904B3" w:rsidRDefault="0061548A">
+    <w:p w14:paraId="34A8F4FF" w14:textId="355B1CE4" w:rsidR="00EB09D4" w:rsidRPr="00220AA9" w:rsidRDefault="0061548A">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000904B3">
+      <w:r w:rsidRPr="00220AA9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. Antecedentes académicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48439787" w14:textId="77777777" w:rsidR="007B22E4" w:rsidRPr="003243D0" w:rsidRDefault="007B22E4">
+    <w:p w14:paraId="48439787" w14:textId="77777777" w:rsidR="007B22E4" w:rsidRPr="00220AA9" w:rsidRDefault="007B22E4">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="10"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9622" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2538"/>
         <w:gridCol w:w="2560"/>
         <w:gridCol w:w="2118"/>
         <w:gridCol w:w="2406"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5745E" w:rsidRPr="003243D0" w14:paraId="06433D3E" w14:textId="77777777" w:rsidTr="000339F8">
+      <w:tr w:rsidR="00A5745E" w:rsidRPr="00220AA9" w14:paraId="06433D3E" w14:textId="77777777" w:rsidTr="000339F8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9622" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41201144" w14:textId="0485F591" w:rsidR="00A5745E" w:rsidRPr="003243D0" w:rsidRDefault="00A5745E" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="41201144" w14:textId="0485F591" w:rsidR="00A5745E" w:rsidRPr="00220AA9" w:rsidRDefault="00A5745E" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ESTUDIOS DE LICENCIATURA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A55EDB" w:rsidRPr="003243D0" w14:paraId="10365195" w14:textId="77777777" w:rsidTr="000339F8">
+      <w:tr w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w14:paraId="10365195" w14:textId="77777777" w:rsidTr="000339F8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C911756" w14:textId="4EC39630" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00A55EDB" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="5C911756" w14:textId="4EC39630" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00A55EDB" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Carrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1745908824"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7F2D8438" w14:textId="52FB779F" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="7F2D8438" w14:textId="52FB779F" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A55EDB" w:rsidRPr="003243D0" w14:paraId="43F8FEEC" w14:textId="77777777" w:rsidTr="000339F8">
+      <w:tr w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w14:paraId="43F8FEEC" w14:textId="77777777" w:rsidTr="000339F8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE470B6" w14:textId="2D7C4673" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00A55EDB" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="0EE470B6" w14:textId="2D7C4673" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00A55EDB" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Facultad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-398673488"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4FFD5028" w14:textId="75CE7BC5" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="4FFD5028" w14:textId="75CE7BC5" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A55EDB" w:rsidRPr="003243D0" w14:paraId="453F83CB" w14:textId="77777777" w:rsidTr="000339F8">
+      <w:tr w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w14:paraId="453F83CB" w14:textId="77777777" w:rsidTr="000339F8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42588F42" w14:textId="293EBBC2" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00A55EDB" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="42588F42" w14:textId="293EBBC2" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00A55EDB" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad o Institución de Enseñanza Superior</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-65040534"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="32857753" w14:textId="141647EC" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="32857753" w14:textId="141647EC" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="000339F8" w:rsidRPr="003243D0" w14:paraId="73278C0B" w14:textId="77777777" w:rsidTr="000339F8">
+      <w:tr w:rsidR="000339F8" w:rsidRPr="00220AA9" w14:paraId="73278C0B" w14:textId="77777777" w:rsidTr="000339F8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21C4C7D8" w14:textId="1AD4BE6A" w:rsidR="000339F8" w:rsidRPr="003243D0" w:rsidRDefault="000339F8" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="21C4C7D8" w14:textId="1AD4BE6A" w:rsidR="000339F8" w:rsidRPr="00220AA9" w:rsidRDefault="000339F8" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Documento adquirido</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="702518743"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="15337BF8" w14:textId="52F50C6C" w:rsidR="000339F8" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="15337BF8" w14:textId="52F50C6C" w:rsidR="000339F8" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="000339F8" w:rsidRPr="003243D0" w14:paraId="6669AA2A" w14:textId="77777777" w:rsidTr="000339F8">
+      <w:tr w:rsidR="000339F8" w:rsidRPr="00220AA9" w14:paraId="6669AA2A" w14:textId="77777777" w:rsidTr="000339F8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08FD2344" w14:textId="56A170A9" w:rsidR="000339F8" w:rsidRPr="003243D0" w:rsidRDefault="000339F8" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="08FD2344" w14:textId="56A170A9" w:rsidR="000339F8" w:rsidRPr="00220AA9" w:rsidRDefault="000339F8" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">No. </w:t>
             </w:r>
-            <w:r w:rsidR="00CB3707">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidR="00CB3707" w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">De </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cédula</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1643032665"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="723E9867" w14:textId="0039F8A3" w:rsidR="000339F8" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="723E9867" w14:textId="0039F8A3" w:rsidR="000339F8" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A55EDB" w:rsidRPr="003243D0" w14:paraId="7B146DA6" w14:textId="77777777" w:rsidTr="000339F8">
+      <w:tr w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w14:paraId="7B146DA6" w14:textId="77777777" w:rsidTr="000339F8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30AFD804" w14:textId="26A5A5E8" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00A55EDB" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="30AFD804" w14:textId="26A5A5E8" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00A55EDB" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
-            <w:r w:rsidR="000339F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidR="000339F8" w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> y Entidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1537043019"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3C649E29" w14:textId="4861D32B" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="3C649E29" w14:textId="4861D32B" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="000339F8" w:rsidRPr="003243D0" w14:paraId="5AE0CA32" w14:textId="77777777" w:rsidTr="00F90E18">
+      <w:tr w:rsidR="000339F8" w:rsidRPr="00220AA9" w14:paraId="5AE0CA32" w14:textId="77777777" w:rsidTr="00F90E18">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03EF6701" w14:textId="2D1AB866" w:rsidR="000339F8" w:rsidRPr="003243D0" w:rsidRDefault="000339F8" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="03EF6701" w14:textId="2D1AB866" w:rsidR="000339F8" w:rsidRPr="00220AA9" w:rsidRDefault="000339F8" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecha de inicio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1882044999"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="es-MX"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2560" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="124F4A29" w14:textId="4C4E6D11" w:rsidR="000339F8" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="124F4A29" w14:textId="4C4E6D11" w:rsidR="000339F8" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic aquí o pulse para escribir una fecha.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06DCD499" w14:textId="52E29648" w:rsidR="000339F8" w:rsidRPr="003243D0" w:rsidRDefault="000339F8" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="06DCD499" w14:textId="52E29648" w:rsidR="000339F8" w:rsidRPr="00220AA9" w:rsidRDefault="000339F8" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecha de término</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="298888648"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="es-MX"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2406" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="60D4B2EB" w14:textId="2352EF10" w:rsidR="000339F8" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="60D4B2EB" w14:textId="2352EF10" w:rsidR="000339F8" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic aquí o pulse para escribir una fecha.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A55EDB" w:rsidRPr="003243D0" w14:paraId="259BC85B" w14:textId="77777777" w:rsidTr="00B04103">
+      <w:tr w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w14:paraId="259BC85B" w14:textId="77777777" w:rsidTr="00B04103">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E35A98D" w14:textId="2D59CA2D" w:rsidR="00F90E18" w:rsidRPr="00F90E18" w:rsidRDefault="00A5745E" w:rsidP="00F90E18">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="1E35A98D" w14:textId="2D59CA2D" w:rsidR="00F90E18" w:rsidRPr="00220AA9" w:rsidRDefault="00A5745E" w:rsidP="00F90E18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:i/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecha de Titulación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1794206926"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="es-MX"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2560" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0BB63B47" w14:textId="2A2E64BC" w:rsidR="00924ED3" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="0BB63B47" w14:textId="2A2E64BC" w:rsidR="00924ED3" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic aquí o pulse para escribir una fecha.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="690CB6FB" w14:textId="24C69FE0" w:rsidR="00924ED3" w:rsidRPr="003243D0" w:rsidRDefault="00A5745E" w:rsidP="00924ED3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="690CB6FB" w14:textId="24C69FE0" w:rsidR="00924ED3" w:rsidRPr="00220AA9" w:rsidRDefault="00A5745E" w:rsidP="00924ED3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Promedio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1685791106"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2406" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="27D4B11F" w14:textId="5E0FED4E" w:rsidR="00924ED3" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
+              <w:p w14:paraId="27D4B11F" w14:textId="5E0FED4E" w:rsidR="00924ED3" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18" w:rsidP="00924ED3">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="715B09F9" w14:textId="77777777" w:rsidR="005D5D84" w:rsidRPr="00AE797F" w:rsidRDefault="005D5D84">
+    <w:p w14:paraId="715B09F9" w14:textId="77777777" w:rsidR="005D5D84" w:rsidRPr="00220AA9" w:rsidRDefault="005D5D84">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="36"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9622" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2538"/>
         <w:gridCol w:w="2560"/>
         <w:gridCol w:w="2118"/>
         <w:gridCol w:w="2406"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5745E" w:rsidRPr="003243D0" w14:paraId="5E0ED47F" w14:textId="77777777" w:rsidTr="00CB3707">
+      <w:tr w:rsidR="00A5745E" w:rsidRPr="00220AA9" w14:paraId="5E0ED47F" w14:textId="77777777" w:rsidTr="00CB3707">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9622" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C798C78" w14:textId="1E646D64" w:rsidR="00A5745E" w:rsidRPr="003243D0" w:rsidRDefault="00A5745E">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="7C798C78" w14:textId="1E646D64" w:rsidR="00A5745E" w:rsidRPr="00220AA9" w:rsidRDefault="00A5745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ESTUDIOS DE POSGRADO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A55EDB" w:rsidRPr="003243D0" w14:paraId="41D5B822" w14:textId="77777777" w:rsidTr="00CB3707">
+      <w:tr w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w14:paraId="41D5B822" w14:textId="77777777" w:rsidTr="00CB3707">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79FB048B" w14:textId="794CB875" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00A55EDB">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="79FB048B" w14:textId="794CB875" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00A55EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disciplina</w:t>
             </w:r>
-            <w:r w:rsidR="00CB3707">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidR="00CB3707" w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> o Carrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-983470445"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="42729BF4" w14:textId="25691C8C" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18">
+              <w:p w14:paraId="42729BF4" w14:textId="25691C8C" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A55EDB" w:rsidRPr="003243D0" w14:paraId="79D84B8F" w14:textId="77777777" w:rsidTr="00CB3707">
+      <w:tr w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w14:paraId="79D84B8F" w14:textId="77777777" w:rsidTr="00CB3707">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F05B7AF" w14:textId="6CEA4B50" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00A55EDB">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="3F05B7AF" w14:textId="6CEA4B50" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00A55EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Facultad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="552890979"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5B021479" w14:textId="484DAB7C" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18">
+              <w:p w14:paraId="5B021479" w14:textId="484DAB7C" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A55EDB" w:rsidRPr="003243D0" w14:paraId="6D2EFE85" w14:textId="77777777" w:rsidTr="00CB3707">
+      <w:tr w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w14:paraId="6D2EFE85" w14:textId="77777777" w:rsidTr="00CB3707">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79D79DF0" w14:textId="2582B033" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00A55EDB" w:rsidP="00A5745E">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="79D79DF0" w14:textId="2582B033" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00A55EDB" w:rsidP="00A5745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad o Institución de Enseñanza Superior</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-944000114"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="244E5C13" w14:textId="62937415" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18">
+              <w:p w14:paraId="244E5C13" w14:textId="62937415" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00CB3707" w:rsidRPr="003243D0" w14:paraId="6F07B95E" w14:textId="77777777" w:rsidTr="00CB3707">
+      <w:tr w:rsidR="00CB3707" w:rsidRPr="00220AA9" w14:paraId="6F07B95E" w14:textId="77777777" w:rsidTr="00CB3707">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3429E195" w14:textId="7F37C336" w:rsidR="00CB3707" w:rsidRPr="003243D0" w:rsidRDefault="00CB3707">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="3429E195" w14:textId="7F37C336" w:rsidR="00CB3707" w:rsidRPr="00220AA9" w:rsidRDefault="00CB3707">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Documento adquirido</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-321965766"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="45BFED84" w14:textId="63B0C9EF" w:rsidR="00CB3707" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18">
+              <w:p w14:paraId="45BFED84" w14:textId="63B0C9EF" w:rsidR="00CB3707" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00CB3707" w:rsidRPr="003243D0" w14:paraId="7FEC669E" w14:textId="77777777" w:rsidTr="00CB3707">
+      <w:tr w:rsidR="00CB3707" w:rsidRPr="00220AA9" w14:paraId="7FEC669E" w14:textId="77777777" w:rsidTr="00CB3707">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="673CE966" w14:textId="2463843E" w:rsidR="00CB3707" w:rsidRDefault="00CB3707">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="673CE966" w14:textId="2463843E" w:rsidR="00CB3707" w:rsidRPr="00220AA9" w:rsidRDefault="00CB3707">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No. De Cédula</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1883675012"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="26D2CC17" w14:textId="67B0A0D3" w:rsidR="00CB3707" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18">
+              <w:p w14:paraId="26D2CC17" w14:textId="67B0A0D3" w:rsidR="00CB3707" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A55EDB" w:rsidRPr="003243D0" w14:paraId="5FA1FA16" w14:textId="77777777" w:rsidTr="00CB3707">
+      <w:tr w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w14:paraId="5FA1FA16" w14:textId="77777777" w:rsidTr="00CB3707">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C13AF4C" w14:textId="7B639F48" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00A55EDB">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="2C13AF4C" w14:textId="7B639F48" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00A55EDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
-            <w:r w:rsidR="00CB3707">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidR="00CB3707" w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> y Entidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1150177926"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="172E2083" w14:textId="13975736" w:rsidR="00A55EDB" w:rsidRPr="003243D0" w:rsidRDefault="00F90E18">
+              <w:p w14:paraId="172E2083" w14:textId="13975736" w:rsidR="00A55EDB" w:rsidRPr="00220AA9" w:rsidRDefault="00F90E18">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00F90E18">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00CB3707" w:rsidRPr="003243D0" w14:paraId="12DF65DA" w14:textId="77777777" w:rsidTr="00F90E18">
+      <w:tr w:rsidR="00CB3707" w:rsidRPr="00220AA9" w14:paraId="12DF65DA" w14:textId="77777777" w:rsidTr="00F90E18">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D827FE" w14:textId="076351D4" w:rsidR="00CB3707" w:rsidRPr="003243D0" w:rsidRDefault="00CB3707" w:rsidP="00EE0A88">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="61D827FE" w14:textId="076351D4" w:rsidR="00CB3707" w:rsidRPr="00220AA9" w:rsidRDefault="00CB3707" w:rsidP="00EE0A88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecha de inicio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="208534147"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="es-MX"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2560" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3C831ACF" w14:textId="688D4793" w:rsidR="00CB3707" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6">
+              <w:p w14:paraId="3C831ACF" w14:textId="688D4793" w:rsidR="00CB3707" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic aquí o pulse para escribir una fecha.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA84CD9" w14:textId="57005BCE" w:rsidR="00CB3707" w:rsidRPr="003243D0" w:rsidRDefault="00CB3707">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="0CA84CD9" w14:textId="57005BCE" w:rsidR="00CB3707" w:rsidRPr="00220AA9" w:rsidRDefault="00CB3707">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecha de término</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="151266296"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="es-MX"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2406" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2F98C58C" w14:textId="211461F7" w:rsidR="00CB3707" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6">
+              <w:p w14:paraId="2F98C58C" w14:textId="211461F7" w:rsidR="00CB3707" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic aquí o pulse para escribir una fecha.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00EE0A88" w:rsidRPr="003243D0" w14:paraId="7C7A76EE" w14:textId="77777777" w:rsidTr="00B04103">
+      <w:tr w:rsidR="00EE0A88" w:rsidRPr="00220AA9" w14:paraId="7C7A76EE" w14:textId="77777777" w:rsidTr="00B04103">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="210C498A" w14:textId="53C7C96E" w:rsidR="00EE0A88" w:rsidRPr="003243D0" w:rsidRDefault="00A5745E" w:rsidP="00F90E18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="210C498A" w14:textId="53C7C96E" w:rsidR="00EE0A88" w:rsidRPr="00220AA9" w:rsidRDefault="00A5745E" w:rsidP="00F90E18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecha de Examen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="143629907"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="es-MX"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2560" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6F6E021B" w14:textId="1904A8F2" w:rsidR="00EE0A88" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6">
+              <w:p w14:paraId="6F6E021B" w14:textId="1904A8F2" w:rsidR="00EE0A88" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic aquí o pulse para escribir una fecha.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A53B0E1" w14:textId="142532C7" w:rsidR="00EE0A88" w:rsidRPr="003243D0" w:rsidRDefault="00A5745E">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="6A53B0E1" w14:textId="142532C7" w:rsidR="00EE0A88" w:rsidRPr="00220AA9" w:rsidRDefault="00A5745E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Promedio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-238486718"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2406" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="27B5974F" w14:textId="3880F34A" w:rsidR="00EE0A88" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6">
+              <w:p w14:paraId="27B5974F" w14:textId="3880F34A" w:rsidR="00EE0A88" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C9A90A4" w14:textId="77777777" w:rsidR="005D5D84" w:rsidRPr="003243D0" w:rsidRDefault="005D5D84">
+    <w:p w14:paraId="4C9A90A4" w14:textId="77777777" w:rsidR="005D5D84" w:rsidRPr="00220AA9" w:rsidRDefault="005D5D84">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9622" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6109"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2406"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="5658"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E20BA" w:rsidRPr="003243D0" w14:paraId="401249A9" w14:textId="77777777" w:rsidTr="009230AC">
+      <w:tr w:rsidR="006E20BA" w:rsidRPr="00220AA9" w14:paraId="401249A9" w14:textId="77777777" w:rsidTr="004443EC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6060" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD89DEB" w14:textId="311B78E5" w:rsidR="006E20BA" w:rsidRPr="003243D0" w:rsidRDefault="006E20BA" w:rsidP="00F821DB">
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="5FD89DEB" w14:textId="4C926CC7" w:rsidR="006E20BA" w:rsidRPr="00220AA9" w:rsidRDefault="005F4B5D" w:rsidP="005F4B5D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IDIOMA INGLÉS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="142F33FD" w14:textId="339204BE" w:rsidR="006E20BA" w:rsidRPr="00220AA9" w:rsidRDefault="006E20BA" w:rsidP="00F821DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidR="004443EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o equivalente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1939754030"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2386" w:type="dxa"/>
+                <w:tcW w:w="5658" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="71EA2ECC" w14:textId="6CA7A608" w:rsidR="006E20BA" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00F821DB">
+              <w:p w14:paraId="71EA2ECC" w14:textId="6CA7A608" w:rsidR="006E20BA" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00F821DB">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BF4D030" w14:textId="77777777" w:rsidR="00FB395C" w:rsidRPr="00CA0F22" w:rsidRDefault="00FB395C">
+    <w:p w14:paraId="2BF4D030" w14:textId="77777777" w:rsidR="00FB395C" w:rsidRPr="00220AA9" w:rsidRDefault="00FB395C">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28B28CDA" w14:textId="0DE0E4AF" w:rsidR="00207D5D" w:rsidRPr="000904B3" w:rsidRDefault="00DA2456">
+    <w:p w14:paraId="28B28CDA" w14:textId="0DE0E4AF" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00DA2456">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000904B3">
+      <w:r w:rsidRPr="00220AA9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3. Información complementaria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141C7316" w14:textId="77777777" w:rsidR="00F821DB" w:rsidRPr="003243D0" w:rsidRDefault="00F821DB">
+    <w:p w14:paraId="141C7316" w14:textId="77777777" w:rsidR="00F821DB" w:rsidRPr="00220AA9" w:rsidRDefault="00F821DB">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="10"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9622" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2236"/>
-        <w:gridCol w:w="3429"/>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="3260"/>
         <w:gridCol w:w="709"/>
-        <w:gridCol w:w="851"/>
-        <w:gridCol w:w="141"/>
+        <w:gridCol w:w="992"/>
         <w:gridCol w:w="2256"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00207D5D" w:rsidRPr="003243D0" w14:paraId="488D27FF" w14:textId="77777777" w:rsidTr="00C768F6">
+      <w:tr w:rsidR="00207D5D" w:rsidRPr="00220AA9" w14:paraId="488D27FF" w14:textId="77777777" w:rsidTr="00C768F6">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9622" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="096A27FF" w14:textId="50E24F54" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00207D5D" w:rsidP="00B071DC">
+          <w:p w14:paraId="096A27FF" w14:textId="50E24F54" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00207D5D" w:rsidP="00B071DC">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DOMICILIO PERMANENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00207D5D" w:rsidRPr="003243D0" w14:paraId="0F75375D" w14:textId="77777777" w:rsidTr="00C768F6">
+      <w:tr w:rsidR="00207D5D" w:rsidRPr="00220AA9" w14:paraId="0F75375D" w14:textId="77777777" w:rsidTr="00C768F6">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:id w:val="-1835831848"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5665" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6A442A9D" w14:textId="231B9C8B" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="6A442A9D" w14:textId="231B9C8B" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="cyan"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:id w:val="-1977680146"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1701" w:type="dxa"/>
-                <w:gridSpan w:val="3"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5423C617" w14:textId="29D4C94C" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="5423C617" w14:textId="29D4C94C" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="cyan"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:id w:val="242228737"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2256" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7B734043" w14:textId="2A4FA49B" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="7B734043" w14:textId="2A4FA49B" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="cyan"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00207D5D" w:rsidRPr="003243D0" w14:paraId="716908EA" w14:textId="77777777" w:rsidTr="00C768F6">
+      <w:tr w:rsidR="00207D5D" w:rsidRPr="00220AA9" w14:paraId="716908EA" w14:textId="77777777" w:rsidTr="00C768F6">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED9A95A" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00207D5D" w:rsidP="00C768F6">
+          <w:p w14:paraId="1ED9A95A" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00207D5D" w:rsidP="00C768F6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Calle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F42AEE0" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00207D5D" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003243D0">
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Número Ext.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C3B7E4C" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00207D5D" w:rsidP="00D75BA2">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="5C3B7E4C" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00207D5D" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003243D0">
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Número Int.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00207D5D" w:rsidRPr="003243D0" w14:paraId="447AE385" w14:textId="77777777" w:rsidTr="00C768F6">
+      <w:tr w:rsidR="00207D5D" w:rsidRPr="00220AA9" w14:paraId="447AE385" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6587FB02" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00207D5D" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entrevialidades</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7386" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="7217" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB55B43" w14:textId="3805877C" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="001564B2" w:rsidP="00C768F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                  <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1388536286"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C768F6" w:rsidRPr="00C768F6">
+                <w:r w:rsidR="00C768F6" w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00C768F6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidR="00C768F6" w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003243D0">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                  <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-862287727"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00C768F6" w:rsidRPr="00C768F6">
+                <w:r w:rsidR="00C768F6" w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00207D5D" w:rsidRPr="003243D0" w14:paraId="698C3F24" w14:textId="77777777" w:rsidTr="00C768F6">
+      <w:tr w:rsidR="00207D5D" w:rsidRPr="00220AA9" w14:paraId="698C3F24" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3977386A" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00207D5D" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Colonia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-899289384"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4138" w:type="dxa"/>
+                <w:tcW w:w="3969" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2DBBFED8" w14:textId="20359531" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="2DBBFED8" w14:textId="20359531" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="202C711F" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00207D5D" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C.P.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-224463355"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2397" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
+                <w:tcW w:w="2256" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="63FC8521" w14:textId="4BA4D928" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="63FC8521" w14:textId="4BA4D928" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00207D5D" w:rsidRPr="003243D0" w14:paraId="6C4A087E" w14:textId="77777777" w:rsidTr="00C768F6">
+      <w:tr w:rsidR="00207D5D" w:rsidRPr="00220AA9" w14:paraId="6C4A087E" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="445F4775" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00207D5D" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ciudad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1639999718"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4138" w:type="dxa"/>
+                <w:tcW w:w="3969" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="16452541" w14:textId="520DF25E" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="16452541" w14:textId="520DF25E" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B2E89B" w14:textId="77777777" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00207D5D" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Estado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1817221773"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2397" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
+                <w:tcW w:w="2256" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6B9272C6" w14:textId="305E856E" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="6B9272C6" w14:textId="305E856E" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00207D5D" w:rsidRPr="003243D0" w14:paraId="17A0B097" w14:textId="77777777" w:rsidTr="00C768F6">
+      <w:tr w:rsidR="00207D5D" w:rsidRPr="00220AA9" w14:paraId="17A0B097" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18348B44" w14:textId="569A82A3" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00E653FD" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Delegación/Municipio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-2032329078"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4138" w:type="dxa"/>
+                <w:tcW w:w="3969" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="32CF6AF9" w14:textId="6D1D8102" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="32CF6AF9" w14:textId="6D1D8102" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A479FEE" w14:textId="4B4E7E51" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00D75BA2" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1774895471"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2397" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
+                <w:tcW w:w="2256" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="08CF66A0" w14:textId="0A1AA006" w:rsidR="00207D5D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="08CF66A0" w14:textId="0A1AA006" w:rsidR="00207D5D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D75BA2" w:rsidRPr="003243D0" w14:paraId="7F9F8726" w14:textId="77777777" w:rsidTr="00C768F6">
+      <w:tr w:rsidR="00D75BA2" w:rsidRPr="00220AA9" w14:paraId="7F9F8726" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11986E4D" w14:textId="28D6E181" w:rsidR="00D75BA2" w:rsidRPr="00220AA9" w:rsidRDefault="00D75BA2" w:rsidP="00D75BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teléfono Fijo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-              <w:sz w:val="22"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1024675370"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7386" w:type="dxa"/>
-                <w:gridSpan w:val="5"/>
+                <w:tcW w:w="7217" w:type="dxa"/>
+                <w:gridSpan w:val="4"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0CE31B6B" w14:textId="7C685318" w:rsidR="00D75BA2" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
+              <w:p w14:paraId="0CE31B6B" w14:textId="7C685318" w:rsidR="00D75BA2" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00D75BA2">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="442630DB" w14:textId="2468619D" w:rsidR="00AE797F" w:rsidRDefault="00AE797F">
+    <w:p w14:paraId="442630DB" w14:textId="2468619D" w:rsidR="00AE797F" w:rsidRPr="00220AA9" w:rsidRDefault="00AE797F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="12"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E2A667" w14:textId="77777777" w:rsidR="00176CD6" w:rsidRPr="00E84807" w:rsidRDefault="00176CD6">
+    <w:p w14:paraId="15E2A667" w14:textId="77777777" w:rsidR="00176CD6" w:rsidRPr="00220AA9" w:rsidRDefault="00176CD6">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9622" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="003366"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="003366"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="003366"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2236"/>
-        <w:gridCol w:w="2836"/>
+        <w:gridCol w:w="2544"/>
+        <w:gridCol w:w="2528"/>
         <w:gridCol w:w="590"/>
         <w:gridCol w:w="1111"/>
         <w:gridCol w:w="449"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1975"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0087427D" w:rsidRPr="003243D0" w14:paraId="6B598C63" w14:textId="77777777" w:rsidTr="00176CD6">
+      <w:tr w:rsidR="0087427D" w:rsidRPr="00220AA9" w14:paraId="6B598C63" w14:textId="77777777" w:rsidTr="00176CD6">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9622" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="0037A5"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="0037A5"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="0037A5"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="0037A5"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1B3D80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D81E5CC" w14:textId="2BE9094D" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00AE797F" w:rsidP="009826D7">
+          <w:p w14:paraId="2D81E5CC" w14:textId="2BE9094D" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00AE797F" w:rsidP="009826D7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-                <w:sz w:val="48"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:r w:rsidR="0087427D" w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidR="0087427D" w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AVISAR EN CASO DE ACCIDENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087427D" w:rsidRPr="003243D0" w14:paraId="7F1033DA" w14:textId="77777777" w:rsidTr="00176CD6">
+      <w:tr w:rsidR="0087427D" w:rsidRPr="00220AA9" w14:paraId="7F1033DA" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="0037A5"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E322CA4" w14:textId="2BA21FBE" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="4E322CA4" w14:textId="2BA21FBE" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-2112191912"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7386" w:type="dxa"/>
+                <w:tcW w:w="7078" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="6" w:space="0" w:color="0037A5"/>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4A7ED723" w14:textId="6134DBB4" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
+              <w:p w14:paraId="4A7ED723" w14:textId="6134DBB4" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0087427D" w:rsidRPr="003243D0" w14:paraId="5E5687F9" w14:textId="77777777" w:rsidTr="00176CD6">
+      <w:tr w:rsidR="0087427D" w:rsidRPr="00220AA9" w14:paraId="5E5687F9" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CCC5CC2" w14:textId="26C7ADA8" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="7CCC5CC2" w14:textId="26C7ADA8" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Parentesco</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1560237259"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7386" w:type="dxa"/>
+                <w:tcW w:w="7078" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3556CF2C" w14:textId="38D9D68B" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
+              <w:p w14:paraId="3556CF2C" w14:textId="38D9D68B" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00FE0F96" w:rsidRPr="003243D0" w14:paraId="1014281C" w14:textId="77777777" w:rsidTr="00176CD6">
+      <w:tr w:rsidR="00FE0F96" w:rsidRPr="00220AA9" w14:paraId="1014281C" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E262E72" w14:textId="3F888FA2" w:rsidR="00FE0F96" w:rsidRPr="003243D0" w:rsidRDefault="00FE0F96" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="1E262E72" w14:textId="3F888FA2" w:rsidR="00FE0F96" w:rsidRPr="00220AA9" w:rsidRDefault="00FE0F96" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teléfono Fijo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-              <w:sz w:val="22"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1148317735"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2836" w:type="dxa"/>
+                <w:tcW w:w="2528" w:type="dxa"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                   <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="39D0942C" w14:textId="3A27312F" w:rsidR="00FE0F96" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
+              <w:p w14:paraId="39D0942C" w14:textId="3A27312F" w:rsidR="00FE0F96" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11D11DC6" w14:textId="2A96C859" w:rsidR="00FE0F96" w:rsidRPr="003243D0" w:rsidRDefault="00FE0F96" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="11D11DC6" w14:textId="2A96C859" w:rsidR="00FE0F96" w:rsidRPr="00220AA9" w:rsidRDefault="00FE0F96" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teléfono Móvil</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-              <w:sz w:val="22"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-908685110"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2849" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5F2B02B8" w14:textId="763DE3A9" w:rsidR="00FE0F96" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
+              <w:p w14:paraId="5F2B02B8" w14:textId="763DE3A9" w:rsidR="00FE0F96" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00FE0F96" w:rsidRPr="003243D0" w14:paraId="4A95D5BC" w14:textId="77777777" w:rsidTr="00176CD6">
+      <w:tr w:rsidR="00FE0F96" w:rsidRPr="00220AA9" w14:paraId="4A95D5BC" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32728EF2" w14:textId="4B1BFC42" w:rsidR="00FE0F96" w:rsidRPr="003243D0" w:rsidRDefault="002D3226" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="32728EF2" w14:textId="4B1BFC42" w:rsidR="00FE0F96" w:rsidRPr="00220AA9" w:rsidRDefault="002D3226" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo Electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-              <w:sz w:val="22"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1359315269"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7386" w:type="dxa"/>
+                <w:tcW w:w="7078" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="70D58680" w14:textId="471BEF65" w:rsidR="00FE0F96" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
+              <w:p w14:paraId="70D58680" w14:textId="471BEF65" w:rsidR="00FE0F96" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                    <w:sz w:val="22"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008222A4" w:rsidRPr="003243D0" w14:paraId="30B48EF9" w14:textId="77777777" w:rsidTr="00176CD6">
+      <w:tr w:rsidR="008222A4" w:rsidRPr="00220AA9" w14:paraId="30B48EF9" w14:textId="77777777" w:rsidTr="00176CD6">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9622" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1D4A34" w14:textId="07FE0DC9" w:rsidR="008222A4" w:rsidRPr="003243D0" w:rsidRDefault="008222A4" w:rsidP="00C768F6">
+          <w:p w14:paraId="5A1D4A34" w14:textId="07FE0DC9" w:rsidR="008222A4" w:rsidRPr="00220AA9" w:rsidRDefault="008222A4" w:rsidP="00C768F6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DOMICILIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087427D" w:rsidRPr="003243D0" w14:paraId="67EFB36D" w14:textId="77777777" w:rsidTr="00E84807">
+      <w:tr w:rsidR="0087427D" w:rsidRPr="00220AA9" w14:paraId="67EFB36D" w14:textId="77777777" w:rsidTr="00E84807">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:id w:val="-2039344153"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5662" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="656BA487" w14:textId="65AF122B" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
+              <w:p w14:paraId="656BA487" w14:textId="65AF122B" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="cyan"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:id w:val="-1328740616"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                   <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6D93C4E7" w14:textId="583195C0" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
+              <w:p w14:paraId="6D93C4E7" w14:textId="583195C0" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="cyan"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="cyan"/>
             </w:rPr>
             <w:id w:val="733052457"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1975" w:type="dxa"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="58F5C768" w14:textId="1D73D3B2" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
+              <w:p w14:paraId="58F5C768" w14:textId="1D73D3B2" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00C768F6" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="cyan"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C768F6">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0087427D" w:rsidRPr="003243D0" w14:paraId="7E33C006" w14:textId="77777777" w:rsidTr="00E84807">
+      <w:tr w:rsidR="0087427D" w:rsidRPr="00220AA9" w14:paraId="7E33C006" w14:textId="77777777" w:rsidTr="00E84807">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5662" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71C343D9" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00C768F6">
+          <w:p w14:paraId="71C343D9" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00C768F6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003243D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Calle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B0EC135" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00E84807">
+          <w:p w14:paraId="6B0EC135" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00E84807">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003243D0">
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Número Ext.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30170551" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00E84807">
+          <w:p w14:paraId="30170551" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00E84807">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003243D0">
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Número Int.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087427D" w:rsidRPr="003243D0" w14:paraId="05BDDC68" w14:textId="77777777" w:rsidTr="00176CD6">
+      <w:tr w:rsidR="0087427D" w:rsidRPr="00220AA9" w14:paraId="05BDDC68" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="225AB0F3" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="225AB0F3" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entrevialidades</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7386" w:type="dxa"/>
+            <w:tcW w:w="7078" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C431D0B" w14:textId="42330011" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="001564B2" w:rsidP="00C768F6">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="0C431D0B" w14:textId="42330011" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="001564B2" w:rsidP="00C768F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                  <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1416620602"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E84807" w:rsidRPr="00E84807">
+                <w:r w:rsidR="00E84807" w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003243D0">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                  <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="578871488"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E84807" w:rsidRPr="00E84807">
+                <w:r w:rsidR="00E84807" w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087427D" w:rsidRPr="003243D0" w14:paraId="5F5D2F79" w14:textId="77777777" w:rsidTr="00E84807">
+      <w:tr w:rsidR="0087427D" w:rsidRPr="00220AA9" w14:paraId="5F5D2F79" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBD381A" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="5FBD381A" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Colonia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-69427753"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="3426" w:type="dxa"/>
+                <w:tcW w:w="3118" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                   <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="791E31BB" w14:textId="4B582F53" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
+              <w:p w14:paraId="791E31BB" w14:textId="4B582F53" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00E84807">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1666CF8B" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="1666CF8B" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C.P.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-231311997"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2400" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0134BDAC" w14:textId="45ED33CD" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
+              <w:p w14:paraId="0134BDAC" w14:textId="45ED33CD" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00E84807">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0087427D" w:rsidRPr="003243D0" w14:paraId="78C78F38" w14:textId="77777777" w:rsidTr="00E84807">
+      <w:tr w:rsidR="0087427D" w:rsidRPr="00220AA9" w14:paraId="78C78F38" w14:textId="77777777" w:rsidTr="007370EF">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="003366"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14F31372" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="14F31372" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ciudad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1083605915"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="3426" w:type="dxa"/>
+                <w:tcW w:w="3118" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                   <w:bottom w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                   <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4C3DBD3A" w14:textId="4238903D" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
+              <w:p w14:paraId="4C3DBD3A" w14:textId="4238903D" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00E84807">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="003366"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7791387A" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="7791387A" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Estado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1231690747"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2400" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                   <w:bottom w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="19309B6E" w14:textId="7E1730A7" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
+              <w:p w14:paraId="19309B6E" w14:textId="7E1730A7" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00E84807">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0087427D" w:rsidRPr="003243D0" w14:paraId="6F1F2DE1" w14:textId="77777777" w:rsidTr="00E84807">
+      <w:tr w:rsidR="0087427D" w:rsidRPr="00220AA9" w14:paraId="6F1F2DE1" w14:textId="77777777" w:rsidTr="009B5695">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2236" w:type="dxa"/>
+            <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ACE4365" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="1ACE4365" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Delegación/Municipio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-220833758"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="3426" w:type="dxa"/>
+                <w:tcW w:w="3118" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                   <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="75FC2A77" w14:textId="31248265" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
+              <w:p w14:paraId="75FC2A77" w14:textId="31248265" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00E84807">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F620F2" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w14:paraId="65F620F2" w14:textId="77777777" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="0087427D" w:rsidP="00FE0F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1822151617"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2400" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:left w:val="single" w:sz="6" w:space="0" w:color="003366"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2E5ADEB9" w14:textId="7745C925" w:rsidR="0087427D" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
+              <w:p w14:paraId="2E5ADEB9" w14:textId="7745C925" w:rsidR="0087427D" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00FE0F96">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00E84807">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00B963CA" w14:textId="77777777" w:rsidR="00FF2E18" w:rsidRPr="00E84807" w:rsidRDefault="00FF2E18">
+    <w:p w14:paraId="00B963CA" w14:textId="77777777" w:rsidR="00FF2E18" w:rsidRPr="00220AA9" w:rsidRDefault="00FF2E18">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="784C2973" w14:textId="61A5763A" w:rsidR="00045DA3" w:rsidRPr="00DA7555" w:rsidRDefault="00C805B9">
+    <w:p w14:paraId="784C2973" w14:textId="61A5763A" w:rsidR="00045DA3" w:rsidRPr="00220AA9" w:rsidRDefault="00C805B9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA7555">
+      <w:r w:rsidRPr="00220AA9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. ¿Cómo se </w:t>
       </w:r>
-      <w:r w:rsidR="00176CD6">
+      <w:r w:rsidR="00176CD6" w:rsidRPr="00220AA9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>enteró del Programa de Posgrado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA7555">
+      <w:r w:rsidRPr="00220AA9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BC7328" w14:textId="57CE87D7" w:rsidR="00C805B9" w:rsidRPr="003243D0" w:rsidRDefault="00C805B9">
+    <w:p w14:paraId="59BC7328" w14:textId="57CE87D7" w:rsidR="00C805B9" w:rsidRPr="00220AA9" w:rsidRDefault="00C805B9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003243D0">
+      <w:r w:rsidRPr="00220AA9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Seleccione sólo la opción más relevante)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CDF1FA2" w14:textId="77777777" w:rsidR="00045DA3" w:rsidRPr="003243D0" w:rsidRDefault="00045DA3">
+    <w:p w14:paraId="1CDF1FA2" w14:textId="77777777" w:rsidR="00045DA3" w:rsidRPr="00220AA9" w:rsidRDefault="00045DA3">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="12"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="426"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E84807" w:rsidRPr="003243D0" w14:paraId="24CCBF5B" w14:textId="77777777" w:rsidTr="008719AB">
+      <w:tr w:rsidR="00E84807" w:rsidRPr="00220AA9" w14:paraId="24CCBF5B" w14:textId="77777777" w:rsidTr="008719AB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C08B221" w14:textId="77777777" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+          <w:p w14:paraId="7C08B221" w14:textId="77777777" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Recomendación de </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F79774F" w14:textId="74A688DB" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7F79774F" w14:textId="74A688DB" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conocido</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1978532137"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="71E3053C" w14:textId="7273C224" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+              <w:p w14:paraId="71E3053C" w14:textId="7273C224" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4CD299" w14:textId="24A6D851" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="2D4CD299" w14:textId="24A6D851" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Redes Sociales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1199889962"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7737FE89" w14:textId="35C390AA" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+              <w:p w14:paraId="7737FE89" w14:textId="35C390AA" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2CCE7F" w14:textId="63A59B24" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="3A2CCE7F" w14:textId="63A59B24" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Internet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1619182647"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="63FABA5F" w14:textId="6444A0C5" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+              <w:p w14:paraId="63FABA5F" w14:textId="6444A0C5" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00E84807" w:rsidRPr="003243D0" w14:paraId="5FCB5343" w14:textId="77777777" w:rsidTr="008719AB">
+      <w:tr w:rsidR="00E84807" w:rsidRPr="00220AA9" w14:paraId="5FCB5343" w14:textId="77777777" w:rsidTr="008719AB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20DF5B41" w14:textId="2135B673" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="20DF5B41" w14:textId="2135B673" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Feria de Posgrado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="132068139"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="33BC9824" w14:textId="1D574527" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+              <w:p w14:paraId="33BC9824" w14:textId="1D574527" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B2A031" w14:textId="77777777" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+          <w:p w14:paraId="75B2A031" w14:textId="77777777" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Póster/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65257A83" w14:textId="60B8766E" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="65257A83" w14:textId="60B8766E" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tríptico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="786930958"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="69D9E0D5" w14:textId="3C401F98" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+              <w:p w14:paraId="69D9E0D5" w14:textId="3C401F98" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30C6F59E" w14:textId="77777777" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+          <w:p w14:paraId="30C6F59E" w14:textId="77777777" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Presentación</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66934523" w14:textId="5BC96C83" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="66934523" w14:textId="5BC96C83" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>de CentroGeo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-343863986"/>
             <w:lock w:val="sdtLocked"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3AD02FEC" w14:textId="5F7E9D16" w:rsidR="00E84807" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00E84807">
+              <w:p w14:paraId="3AD02FEC" w14:textId="5F7E9D16" w:rsidR="00E84807" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00E84807">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00220AA9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007162DF" w:rsidRPr="003243D0" w14:paraId="1E483C89" w14:textId="77777777" w:rsidTr="008719AB">
+      <w:tr w:rsidR="007162DF" w:rsidRPr="00220AA9" w14:paraId="1E483C89" w14:textId="77777777" w:rsidTr="008719AB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6629F8" w14:textId="2E4083B0" w:rsidR="007162DF" w:rsidRPr="003243D0" w:rsidRDefault="007162DF" w:rsidP="00736B0C">
-[...19 lines deleted...]
-              <w:t>(Especifique)</w:t>
+          <w:p w14:paraId="6E6629F8" w14:textId="2E4083B0" w:rsidR="007162DF" w:rsidRPr="00220AA9" w:rsidRDefault="007162DF" w:rsidP="00736B0C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Otro (Especifique)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-448012877"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6379" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6065039B" w14:textId="402ACACC" w:rsidR="007162DF" w:rsidRPr="003243D0" w:rsidRDefault="00E84807" w:rsidP="00736B0C">
+              <w:p w14:paraId="6065039B" w14:textId="402ACACC" w:rsidR="007162DF" w:rsidRPr="00220AA9" w:rsidRDefault="00E84807" w:rsidP="00736B0C">
                 <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00E84807">
+                <w:r w:rsidRPr="00220AA9">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3235C7F1" w14:textId="77777777" w:rsidR="00DA7555" w:rsidRDefault="00DA7555">
+    <w:p w14:paraId="3235C7F1" w14:textId="77777777" w:rsidR="00DA7555" w:rsidRPr="00220AA9" w:rsidRDefault="00DA7555">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A65FFFB" w14:textId="6D8F5D65" w:rsidR="00DA7555" w:rsidRDefault="00DA7555">
+    <w:p w14:paraId="5A65FFFB" w14:textId="6D8F5D65" w:rsidR="00DA7555" w:rsidRPr="00220AA9" w:rsidRDefault="00DA7555">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
-        <w:tblW w:w="6487" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1809"/>
-        <w:gridCol w:w="4678"/>
+        <w:gridCol w:w="3492"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF1E27" w:rsidRPr="003243D0" w14:paraId="4C39CDE1" w14:textId="77777777" w:rsidTr="00EF229D">
+      <w:tr w:rsidR="000E0A42" w14:paraId="4429732C" w14:textId="77777777" w:rsidTr="000E0A42">
         <w:trPr>
-          <w:trHeight w:val="1134"/>
+          <w:trHeight w:val="558"/>
           <w:jc w:val="center"/>
         </w:trPr>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1809" w:type="dxa"/>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1935926602"/>
+            <w:showingPlcHdr/>
+            <w:picture/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3492" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:hideMark/>
+              </w:tcPr>
+              <w:p w14:paraId="5B43693F" w14:textId="2E8ABCCA" w:rsidR="000E0A42" w:rsidRDefault="000E0A42">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:noProof/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+                  </w:rPr>
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77A6F64A" wp14:editId="2E8E922E">
+                      <wp:extent cx="1905000" cy="1905000"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:docPr id="4" name="Imagen 4"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="0" name="Imagen 2"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill>
+                              <a:blip r:embed="rId6">
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect/>
+                              <a:stretch>
+                                <a:fillRect/>
+                              </a:stretch>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1905000" cy="1905000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </pic:spPr>
+                          </pic:pic>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="000E0A42" w14:paraId="40469EE2" w14:textId="77777777" w:rsidTr="000E0A42">
+        <w:trPr>
+          <w:trHeight w:val="526"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66E237FA" w14:textId="5D2F02DC" w:rsidR="00FF1E27" w:rsidRPr="003243D0" w:rsidRDefault="00FF1E27" w:rsidP="00EE02A3">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05343E4C" w14:textId="77777777" w:rsidR="000E0A42" w:rsidRDefault="000E0A42">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...21 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Firma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E0A42" w14:paraId="67430E85" w14:textId="77777777" w:rsidTr="000E0A42">
+        <w:trPr>
+          <w:trHeight w:val="526"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1232470298"/>
+            <w:placeholder>
+              <w:docPart w:val="4D26F6B922034DD8A717BF923668DC5A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3492" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:hideMark/>
+              </w:tcPr>
+              <w:p w14:paraId="704A238F" w14:textId="77777777" w:rsidR="000E0A42" w:rsidRDefault="000E0A42">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Textodelmarcadordeposicin"/>
+                  </w:rPr>
+                  <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="000E0A42" w14:paraId="60057862" w14:textId="77777777" w:rsidTr="000E0A42">
+        <w:trPr>
+          <w:trHeight w:val="526"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="129101F9" w14:textId="77777777" w:rsidR="000E0A42" w:rsidRDefault="000E0A42">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nombre Completo</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="189CBA04" w14:textId="77777777" w:rsidR="004777CB" w:rsidRPr="003243D0" w:rsidRDefault="004777CB">
+    <w:p w14:paraId="7AEB6BBC" w14:textId="3FE977C6" w:rsidR="00EE02A3" w:rsidRPr="00220AA9" w:rsidRDefault="00EE02A3">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004777CB" w:rsidRPr="003243D0" w:rsidSect="000904B3">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:p w14:paraId="7000E856" w14:textId="50A75A39" w:rsidR="00EB2767" w:rsidRDefault="00EB2767" w:rsidP="00EB2767">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3D2B14" w14:textId="77777777" w:rsidR="000E0A42" w:rsidRPr="00220AA9" w:rsidRDefault="000E0A42" w:rsidP="00EB2767">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF64901" w14:textId="77777777" w:rsidR="00EB2767" w:rsidRPr="00220AA9" w:rsidRDefault="00EB2767" w:rsidP="00EB2767">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A176DAC" w14:textId="2D493E3E" w:rsidR="00EB2767" w:rsidRPr="00220AA9" w:rsidRDefault="00EB2767" w:rsidP="00EB2767">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00220AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Aviso de Privacidad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">El Centro de Investigación en Ciencias de Información Geoespacial, A.C., con domicilio en </w:t>
+      </w:r>
+      <w:r w:rsidR="007370EF" w:rsidRPr="00220AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>calle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00220AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contoy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00220AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, No. 137, Col. Lomas de Padierna, Alcaldía Tlalpan, C.P. 14240, Ciudad de México, utilizará los datos recabados en este formato para los fines señalados. Consulte el aviso completo en: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00220AA9">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://www.centrogeo</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00220AA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00220AA9">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>org.mx/transparencia/transparencia-2</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="189CBA04" w14:textId="77777777" w:rsidR="004777CB" w:rsidRPr="00220AA9" w:rsidRDefault="004777CB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004777CB" w:rsidRPr="00220AA9" w:rsidSect="000904B3">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0613ECF5" w14:textId="77777777" w:rsidR="006A2DB5" w:rsidRDefault="006A2DB5" w:rsidP="00404B05">
+    <w:p w14:paraId="6108F366" w14:textId="77777777" w:rsidR="007760F6" w:rsidRDefault="007760F6" w:rsidP="00404B05">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="626F7A2E" w14:textId="77777777" w:rsidR="006A2DB5" w:rsidRDefault="006A2DB5" w:rsidP="00404B05">
+    <w:p w14:paraId="3AD87CBE" w14:textId="77777777" w:rsidR="007760F6" w:rsidRDefault="007760F6" w:rsidP="00404B05">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Noto Sans">
+    <w:panose1 w:val="020B0502040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000201F" w:usb2="08000029" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Medium">
     <w:altName w:val="Trebuchet MS"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -8080,58 +8520,58 @@
       <w:rPr>
         <w:rFonts w:ascii="Avenir Medium" w:hAnsi="Avenir Medium"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0069425F">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Medium" w:hAnsi="Avenir Medium"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Contoy 137 Esq. Chemax. Col. Lomas de Padierna. Del. Tlalpan, C.P. 14240, México D.F. Tel. 52 ( 55 ) 2615 2508 :: www.centrogeo.org.mx</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DAF9104" w14:textId="77777777" w:rsidR="006A2DB5" w:rsidRDefault="006A2DB5" w:rsidP="00404B05">
+    <w:p w14:paraId="07D26ABD" w14:textId="77777777" w:rsidR="007760F6" w:rsidRDefault="007760F6" w:rsidP="00404B05">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="297FB418" w14:textId="77777777" w:rsidR="006A2DB5" w:rsidRDefault="006A2DB5" w:rsidP="00404B05">
+    <w:p w14:paraId="239C29A5" w14:textId="77777777" w:rsidR="007760F6" w:rsidRDefault="007760F6" w:rsidP="00404B05">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1527" w:tblpY="235"/>
       <w:tblW w:w="9606" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -8383,296 +8823,313 @@
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="758C97F3" w14:textId="355AA7A4" w:rsidR="00D11C40" w:rsidRDefault="00D11C40" w:rsidP="000339F8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WXV6j3nXo8xIwfNE6xKq34+JYc0qDqzPa+L47fUeiJRCdwh0gDI57a4+UYuXAmijt0gMFDehkHMaLhEA6udPpw==" w:salt="3UE8KZjUHK4s+3rcEPNU8A=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00404B05"/>
     <w:rsid w:val="00002193"/>
     <w:rsid w:val="00007D15"/>
     <w:rsid w:val="00010296"/>
     <w:rsid w:val="000339F8"/>
     <w:rsid w:val="00045DA3"/>
     <w:rsid w:val="0005144C"/>
     <w:rsid w:val="000625E0"/>
     <w:rsid w:val="0006500B"/>
     <w:rsid w:val="00072AD5"/>
     <w:rsid w:val="000904B3"/>
     <w:rsid w:val="00090CAB"/>
     <w:rsid w:val="000936C5"/>
     <w:rsid w:val="000975BB"/>
     <w:rsid w:val="000C04A7"/>
     <w:rsid w:val="000C204A"/>
     <w:rsid w:val="000C26DB"/>
+    <w:rsid w:val="000C3EF9"/>
+    <w:rsid w:val="000E0A42"/>
     <w:rsid w:val="00112949"/>
     <w:rsid w:val="001370E7"/>
     <w:rsid w:val="001402DA"/>
     <w:rsid w:val="001454A0"/>
     <w:rsid w:val="00146CD1"/>
     <w:rsid w:val="00147AC0"/>
     <w:rsid w:val="00150043"/>
     <w:rsid w:val="001564B2"/>
     <w:rsid w:val="00163567"/>
     <w:rsid w:val="00166074"/>
     <w:rsid w:val="00176CD6"/>
     <w:rsid w:val="00182E32"/>
     <w:rsid w:val="001A54D7"/>
     <w:rsid w:val="001C1396"/>
     <w:rsid w:val="001D5670"/>
     <w:rsid w:val="001E1830"/>
     <w:rsid w:val="001E35AD"/>
     <w:rsid w:val="001F6770"/>
     <w:rsid w:val="0020680B"/>
     <w:rsid w:val="00207D5D"/>
+    <w:rsid w:val="00220AA9"/>
     <w:rsid w:val="00226136"/>
     <w:rsid w:val="00232F56"/>
     <w:rsid w:val="002715CB"/>
     <w:rsid w:val="002D3226"/>
     <w:rsid w:val="003243D0"/>
     <w:rsid w:val="003406D9"/>
     <w:rsid w:val="00346BAF"/>
     <w:rsid w:val="003515B8"/>
     <w:rsid w:val="00351DDE"/>
     <w:rsid w:val="00365095"/>
     <w:rsid w:val="00374C50"/>
     <w:rsid w:val="00377F85"/>
     <w:rsid w:val="00396E23"/>
     <w:rsid w:val="003C12EA"/>
     <w:rsid w:val="003C19AC"/>
     <w:rsid w:val="003C619B"/>
     <w:rsid w:val="003D28BF"/>
+    <w:rsid w:val="003D75D5"/>
+    <w:rsid w:val="003F1B6E"/>
     <w:rsid w:val="003F3087"/>
     <w:rsid w:val="003F5D1C"/>
     <w:rsid w:val="00404B05"/>
+    <w:rsid w:val="00414527"/>
     <w:rsid w:val="00415E5A"/>
     <w:rsid w:val="00435857"/>
+    <w:rsid w:val="004443EC"/>
     <w:rsid w:val="00465CD2"/>
     <w:rsid w:val="00466957"/>
     <w:rsid w:val="00471F13"/>
     <w:rsid w:val="004777CB"/>
     <w:rsid w:val="00491459"/>
     <w:rsid w:val="004A6E3E"/>
     <w:rsid w:val="004B429C"/>
     <w:rsid w:val="004D4682"/>
     <w:rsid w:val="004E3BF4"/>
     <w:rsid w:val="004E472A"/>
     <w:rsid w:val="004E7C16"/>
     <w:rsid w:val="004F163B"/>
     <w:rsid w:val="00501653"/>
     <w:rsid w:val="0050241D"/>
     <w:rsid w:val="0052075C"/>
     <w:rsid w:val="00520D78"/>
     <w:rsid w:val="005308C8"/>
     <w:rsid w:val="00532D4C"/>
     <w:rsid w:val="005421C5"/>
     <w:rsid w:val="005509C2"/>
     <w:rsid w:val="0055763E"/>
     <w:rsid w:val="00565FE8"/>
     <w:rsid w:val="00566E80"/>
+    <w:rsid w:val="00574A89"/>
     <w:rsid w:val="00583FE9"/>
     <w:rsid w:val="00586DCC"/>
     <w:rsid w:val="00587A77"/>
     <w:rsid w:val="005A1BB9"/>
     <w:rsid w:val="005C59EB"/>
     <w:rsid w:val="005D5D84"/>
     <w:rsid w:val="005E4323"/>
+    <w:rsid w:val="005F4B5D"/>
     <w:rsid w:val="005F58C7"/>
     <w:rsid w:val="006147D1"/>
     <w:rsid w:val="0061548A"/>
     <w:rsid w:val="0061584E"/>
     <w:rsid w:val="0064099D"/>
     <w:rsid w:val="00651046"/>
     <w:rsid w:val="00657AF0"/>
     <w:rsid w:val="00667ABF"/>
     <w:rsid w:val="00672DDA"/>
     <w:rsid w:val="00680F54"/>
     <w:rsid w:val="00685652"/>
     <w:rsid w:val="0069425F"/>
     <w:rsid w:val="006A2DB5"/>
     <w:rsid w:val="006A7DF0"/>
     <w:rsid w:val="006C47F2"/>
     <w:rsid w:val="006E20BA"/>
     <w:rsid w:val="006F5894"/>
     <w:rsid w:val="006F76AB"/>
     <w:rsid w:val="00712137"/>
     <w:rsid w:val="007162DF"/>
     <w:rsid w:val="0071698E"/>
     <w:rsid w:val="00722560"/>
     <w:rsid w:val="00736B0C"/>
+    <w:rsid w:val="007370EF"/>
     <w:rsid w:val="00772016"/>
     <w:rsid w:val="00772D36"/>
     <w:rsid w:val="00774233"/>
     <w:rsid w:val="00774574"/>
+    <w:rsid w:val="007760F6"/>
     <w:rsid w:val="007959A0"/>
     <w:rsid w:val="007A3689"/>
     <w:rsid w:val="007A687C"/>
     <w:rsid w:val="007A7EAC"/>
     <w:rsid w:val="007B22E4"/>
     <w:rsid w:val="007D202B"/>
     <w:rsid w:val="007F503E"/>
     <w:rsid w:val="00803598"/>
     <w:rsid w:val="008222A4"/>
     <w:rsid w:val="00822D83"/>
     <w:rsid w:val="0084600A"/>
     <w:rsid w:val="00861768"/>
     <w:rsid w:val="00864C22"/>
     <w:rsid w:val="008719AB"/>
     <w:rsid w:val="0087427D"/>
     <w:rsid w:val="008B4632"/>
     <w:rsid w:val="008B4EFD"/>
     <w:rsid w:val="008C55A4"/>
     <w:rsid w:val="008C6D01"/>
     <w:rsid w:val="008D0F76"/>
     <w:rsid w:val="008E3C4A"/>
     <w:rsid w:val="008E748F"/>
     <w:rsid w:val="00900DCC"/>
     <w:rsid w:val="0090101C"/>
     <w:rsid w:val="0090387F"/>
     <w:rsid w:val="009230AC"/>
     <w:rsid w:val="00924ED3"/>
     <w:rsid w:val="0092584F"/>
     <w:rsid w:val="00931E76"/>
     <w:rsid w:val="00937978"/>
     <w:rsid w:val="0094694C"/>
     <w:rsid w:val="00952170"/>
+    <w:rsid w:val="00963E57"/>
     <w:rsid w:val="009826D7"/>
     <w:rsid w:val="0099420B"/>
+    <w:rsid w:val="009956C1"/>
+    <w:rsid w:val="009B5695"/>
     <w:rsid w:val="009D5F5A"/>
     <w:rsid w:val="009E06CD"/>
     <w:rsid w:val="009E1BBE"/>
     <w:rsid w:val="00A203F0"/>
     <w:rsid w:val="00A519E1"/>
     <w:rsid w:val="00A5490E"/>
     <w:rsid w:val="00A54BD9"/>
     <w:rsid w:val="00A55418"/>
     <w:rsid w:val="00A55EDB"/>
     <w:rsid w:val="00A5745E"/>
     <w:rsid w:val="00A93025"/>
     <w:rsid w:val="00AA1C0F"/>
     <w:rsid w:val="00AA5787"/>
     <w:rsid w:val="00AB419B"/>
     <w:rsid w:val="00AD3663"/>
     <w:rsid w:val="00AD3C9C"/>
     <w:rsid w:val="00AE797F"/>
     <w:rsid w:val="00B04103"/>
     <w:rsid w:val="00B043C0"/>
     <w:rsid w:val="00B071DC"/>
     <w:rsid w:val="00B17128"/>
     <w:rsid w:val="00B27828"/>
     <w:rsid w:val="00B310E4"/>
     <w:rsid w:val="00B4485A"/>
     <w:rsid w:val="00B92DBF"/>
     <w:rsid w:val="00BA0959"/>
     <w:rsid w:val="00BB5025"/>
     <w:rsid w:val="00BD3846"/>
     <w:rsid w:val="00BD4A48"/>
     <w:rsid w:val="00BD6AB8"/>
+    <w:rsid w:val="00BD7970"/>
     <w:rsid w:val="00C04321"/>
     <w:rsid w:val="00C14DF2"/>
     <w:rsid w:val="00C15DE1"/>
     <w:rsid w:val="00C5556D"/>
     <w:rsid w:val="00C63B60"/>
     <w:rsid w:val="00C642BF"/>
     <w:rsid w:val="00C66735"/>
     <w:rsid w:val="00C732A5"/>
     <w:rsid w:val="00C768F6"/>
     <w:rsid w:val="00C805B9"/>
     <w:rsid w:val="00C837E4"/>
     <w:rsid w:val="00C9421E"/>
     <w:rsid w:val="00CA0F22"/>
     <w:rsid w:val="00CA4149"/>
     <w:rsid w:val="00CB3707"/>
     <w:rsid w:val="00CD3BB7"/>
     <w:rsid w:val="00CF3804"/>
     <w:rsid w:val="00D0786B"/>
     <w:rsid w:val="00D11C40"/>
     <w:rsid w:val="00D12AB5"/>
     <w:rsid w:val="00D33F19"/>
     <w:rsid w:val="00D42856"/>
     <w:rsid w:val="00D5680B"/>
     <w:rsid w:val="00D75BA2"/>
     <w:rsid w:val="00D84CD4"/>
     <w:rsid w:val="00DA2456"/>
     <w:rsid w:val="00DA3AA2"/>
     <w:rsid w:val="00DA7555"/>
     <w:rsid w:val="00DB6DF6"/>
     <w:rsid w:val="00DE2D55"/>
     <w:rsid w:val="00DE5F03"/>
     <w:rsid w:val="00E16A2B"/>
     <w:rsid w:val="00E24AA0"/>
     <w:rsid w:val="00E44FB4"/>
     <w:rsid w:val="00E450FB"/>
     <w:rsid w:val="00E521A8"/>
     <w:rsid w:val="00E55BD3"/>
     <w:rsid w:val="00E648FF"/>
     <w:rsid w:val="00E653FD"/>
     <w:rsid w:val="00E84807"/>
     <w:rsid w:val="00EA1749"/>
     <w:rsid w:val="00EB09D4"/>
+    <w:rsid w:val="00EB2767"/>
     <w:rsid w:val="00EB77A2"/>
     <w:rsid w:val="00EE02A3"/>
     <w:rsid w:val="00EE0A88"/>
     <w:rsid w:val="00EF229D"/>
     <w:rsid w:val="00EF793C"/>
     <w:rsid w:val="00F006ED"/>
     <w:rsid w:val="00F07A58"/>
     <w:rsid w:val="00F17EB6"/>
     <w:rsid w:val="00F269FB"/>
     <w:rsid w:val="00F42447"/>
     <w:rsid w:val="00F476E0"/>
     <w:rsid w:val="00F73CB1"/>
     <w:rsid w:val="00F76D61"/>
     <w:rsid w:val="00F821DB"/>
     <w:rsid w:val="00F87F4E"/>
     <w:rsid w:val="00F90E18"/>
     <w:rsid w:val="00F922A9"/>
     <w:rsid w:val="00FB23D9"/>
     <w:rsid w:val="00FB395C"/>
     <w:rsid w:val="00FB4331"/>
     <w:rsid w:val="00FD5424"/>
     <w:rsid w:val="00FE0F96"/>
     <w:rsid w:val="00FF1E27"/>
     <w:rsid w:val="00FF2E18"/>
   </w:rsids>
@@ -8852,51 +9309,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -9137,51 +9594,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00404B05"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00404B05"/>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
-    <w:uiPriority w:val="59"/>
+    <w:uiPriority w:val="39"/>
     <w:rsid w:val="00404B05"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00404B05"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
@@ -9198,65 +9655,104 @@
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00466957"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B27828"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB2767"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="412777561">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1881548437">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://org.mx/transparencia/transparencia-2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centrogeo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F06D8658-66C6-4A9C-B60B-0E39EEF4C319}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -9274,91 +9770,127 @@
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{750F0EB9-1291-419F-B3B4-2433C35FDAAC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A5791D" w:rsidRDefault="00707CAD">
           <w:r w:rsidRPr="00196D93">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4D26F6B922034DD8A717BF923668DC5A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7DAC7BB9-CEA6-424E-B488-DBEE9DBE700F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="007354AB" w:rsidP="007354AB">
+          <w:pPr>
+            <w:pStyle w:val="4D26F6B922034DD8A717BF923668DC5A"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Noto Sans">
+    <w:panose1 w:val="020B0502040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000201F" w:usb2="08000029" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Medium">
     <w:altName w:val="Trebuchet MS"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -9371,53 +9903,61 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00707CAD"/>
+    <w:rsid w:val="00144050"/>
+    <w:rsid w:val="001916FD"/>
+    <w:rsid w:val="0027562A"/>
+    <w:rsid w:val="00362571"/>
     <w:rsid w:val="00707CAD"/>
+    <w:rsid w:val="007354AB"/>
+    <w:rsid w:val="007845A8"/>
+    <w:rsid w:val="00A20933"/>
     <w:rsid w:val="00A5791D"/>
     <w:rsid w:val="00AE7D6C"/>
+    <w:rsid w:val="00B46C77"/>
     <w:rsid w:val="00C74346"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
@@ -9823,54 +10363,59 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00707CAD"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007354AB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB6E48A6A16B43B3AF9E639573031520">
+    <w:name w:val="AB6E48A6A16B43B3AF9E639573031520"/>
+    <w:rsid w:val="007354AB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D26F6B922034DD8A717BF923668DC5A">
+    <w:name w:val="4D26F6B922034DD8A717BF923668DC5A"/>
+    <w:rsid w:val="007354AB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -10162,71 +10707,71 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4620</Characters>
+  <Pages>4</Pages>
+  <Words>929</Words>
+  <Characters>5110</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5450</CharactersWithSpaces>
+  <CharactersWithSpaces>6027</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Macbook Pro CentroGeo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>