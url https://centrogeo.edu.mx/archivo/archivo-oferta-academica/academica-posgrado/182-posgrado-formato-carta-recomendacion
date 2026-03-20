--- v0 (2026-02-28)
+++ v1 (2026-03-20)
@@ -1,29 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="PNG" ContentType="image/png"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -262,141 +262,141 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3343">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Enviar el archivo por correo electrónico, de preferencia institucional (Universida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d, Empresa, Secretaría, etc.) al programa que es de su interés:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040745C" w:rsidRPr="0040745C" w:rsidRDefault="007E6C68" w:rsidP="0040745C">
+    <w:p w:rsidR="0040745C" w:rsidRPr="0040745C" w:rsidRDefault="00B47A49" w:rsidP="0040745C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="0040745C" w:rsidRPr="007172CE">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>admision_eg@centrogeo.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0040745C">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040745C" w:rsidRPr="0040745C" w:rsidRDefault="007E6C68" w:rsidP="0040745C">
+    <w:p w:rsidR="0040745C" w:rsidRPr="0040745C" w:rsidRDefault="00B47A49" w:rsidP="0040745C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="0040745C" w:rsidRPr="007172CE">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>admision_mcig@centrogeo.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0040745C">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040745C" w:rsidRPr="0040745C" w:rsidRDefault="007E6C68" w:rsidP="0040745C">
+    <w:p w:rsidR="0040745C" w:rsidRPr="0040745C" w:rsidRDefault="00B47A49" w:rsidP="0040745C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="0040745C" w:rsidRPr="007172CE">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>admision_dcig@centrogeo.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0040745C">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040745C" w:rsidRPr="0040745C" w:rsidRDefault="007E6C68" w:rsidP="0040745C">
+    <w:p w:rsidR="0040745C" w:rsidRPr="0040745C" w:rsidRDefault="00B47A49" w:rsidP="0040745C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="0040745C" w:rsidRPr="007172CE">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>admision_mpe@centrogeo.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0040745C">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -470,101 +470,101 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ENTREGA LÍMITE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00507B72" w:rsidRDefault="00507B72" w:rsidP="00507B72">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3343">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Consultar convocatoria</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00507B72" w:rsidRPr="00965D9D" w:rsidRDefault="007E6C68" w:rsidP="0040745C">
+    <w:p w:rsidR="00507B72" w:rsidRPr="00965D9D" w:rsidRDefault="00B47A49" w:rsidP="0040745C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="0040745C" w:rsidRPr="00965D9D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.centrogeo.org.mx/posgrado/maestria-en-planeacion-espacial</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0040745C" w:rsidRPr="00965D9D" w:rsidRDefault="007E6C68" w:rsidP="0040745C">
+    <w:p w:rsidR="0040745C" w:rsidRPr="00965D9D" w:rsidRDefault="00B47A49" w:rsidP="0040745C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00965D9D" w:rsidRPr="00965D9D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.centrogeo.org.mx/posgrado/posgrado-en-ciencias-de-informacion-geoespacial</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00965D9D" w:rsidRPr="00965D9D">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00507B72" w:rsidRPr="00965D9D" w:rsidRDefault="007E6C68" w:rsidP="00507B72">
+    <w:p w:rsidR="00507B72" w:rsidRPr="00965D9D" w:rsidRDefault="00B47A49" w:rsidP="00507B72">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00965D9D" w:rsidRPr="00965D9D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.centrogeo.org.mx/posgrado/especialidad-en-geomatica</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00965D9D" w:rsidRPr="00965D9D">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3686,287 +3686,506 @@
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00507B72" w:rsidRDefault="00507B72" w:rsidP="00507B72">
           <w:pPr>
             <w:ind w:left="360"/>
             <w:rPr>
               <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00507B72" w:rsidRDefault="00507B72" w:rsidP="00507B72">
           <w:pPr>
             <w:ind w:left="360"/>
             <w:rPr>
               <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="00507B72" w:rsidRPr="00E57021" w:rsidRDefault="007E6C68" w:rsidP="00507B72">
+        <w:p w:rsidR="00507B72" w:rsidRPr="00E57021" w:rsidRDefault="00B47A49" w:rsidP="00507B72">
           <w:pPr>
             <w:ind w:left="360"/>
             <w:rPr>
               <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00507B72" w:rsidRPr="006F3343" w:rsidRDefault="00507B72" w:rsidP="00507B72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00507B72" w:rsidRDefault="00507B72" w:rsidP="00507B72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00965D9D" w:rsidRDefault="00965D9D" w:rsidP="00507B72">
-      <w:pPr>
+    <w:p w:rsidR="002945D1" w:rsidRDefault="002945D1" w:rsidP="0006535D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00965D9D" w:rsidRDefault="00965D9D" w:rsidP="00507B72">
-      <w:pPr>
+    <w:p w:rsidR="002945D1" w:rsidRDefault="002945D1" w:rsidP="0006535D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00965D9D" w:rsidRPr="006F3343" w:rsidRDefault="00965D9D" w:rsidP="00507B72">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3492"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002945D1" w:rsidTr="002945D1">
+        <w:trPr>
+          <w:trHeight w:val="558"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1935926602"/>
+            <w:showingPlcHdr/>
+            <w:picture/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3492" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:hideMark/>
+              </w:tcPr>
+              <w:p w:rsidR="002945D1" w:rsidRDefault="002945D1">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:noProof/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:eastAsia="es-MX"/>
+                  </w:rPr>
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0">
+                      <wp:extent cx="1905000" cy="1905000"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:docPr id="1" name="Imagen 1"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="0" name="Imagen 2"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill>
+                              <a:blip r:embed="rId14">
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect/>
+                              <a:stretch>
+                                <a:fillRect/>
+                              </a:stretch>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1905000" cy="1905000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </pic:spPr>
+                          </pic:pic>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="002945D1" w:rsidTr="002945D1">
+        <w:trPr>
+          <w:trHeight w:val="526"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002945D1" w:rsidRDefault="002945D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Firma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002945D1" w:rsidTr="002945D1">
+        <w:trPr>
+          <w:trHeight w:val="526"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1232470298"/>
+            <w:placeholder>
+              <w:docPart w:val="201F0435347945E6AA6AF2509A56647C"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3492" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:hideMark/>
+              </w:tcPr>
+              <w:p w:rsidR="002945D1" w:rsidRDefault="002945D1">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Textodelmarcadordeposicin"/>
+                  </w:rPr>
+                  <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="002945D1" w:rsidTr="002945D1">
+        <w:trPr>
+          <w:trHeight w:val="526"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002945D1" w:rsidRDefault="002945D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nombre Completo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002945D1" w:rsidRDefault="002945D1" w:rsidP="0006535D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00507B72" w:rsidRPr="006F3343" w:rsidRDefault="00507B72" w:rsidP="00507B72">
+    <w:p w:rsidR="002945D1" w:rsidRDefault="002945D1" w:rsidP="0006535D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F3343">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00507B72" w:rsidRPr="006F3343" w:rsidRDefault="00507B72" w:rsidP="00507B72">
+    <w:p w:rsidR="002945D1" w:rsidRDefault="002945D1" w:rsidP="0006535D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F3343">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00507B72" w:rsidRPr="006F3343" w:rsidRDefault="00507B72" w:rsidP="0006535D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3343">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Aviso de Privacidad</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3343">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>El Centro de Investigación en Ciencias de Información Geoespaci</w:t>
       </w:r>
       <w:r w:rsidR="00CC4C2E">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>al, A.C., con domicilio en call</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="006F3343">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006F3343">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Contoy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006F3343">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, No. 137, Col. Lomas de Padierna, Alcaldía Tlalpa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n, C.P. 14240, Ciudad de México</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3343">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, utilizará los datos recabados en este formato para los fines señalados. Consulte el aviso completo en: </w:t>
       </w:r>
       <w:r w:rsidRPr="006F3343">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="006F3343">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.centrogeo</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="006F3343">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>org.mx/transparencia/transparencia-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="006A5B85" w:rsidRDefault="006A5B85"/>
     <w:sectPr w:rsidR="006A5B85">
-      <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007E6C68" w:rsidRDefault="007E6C68">
+    <w:p w:rsidR="00B47A49" w:rsidRDefault="00B47A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007E6C68" w:rsidRDefault="007E6C68">
+    <w:p w:rsidR="00B47A49" w:rsidRDefault="00B47A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -4130,72 +4349,72 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Internacional (52) Ciudad de México </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="000D4DB2">
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans" w:eastAsia="Montserrat" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>( 55</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="000D4DB2">
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans" w:eastAsia="Montserrat" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> ) 2615 2224, 2615 2289 : www.centrogeo.org.mx</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00A82C8D" w:rsidRDefault="007E6C68">
+  <w:p w:rsidR="00A82C8D" w:rsidRDefault="00B47A49">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007E6C68" w:rsidRDefault="007E6C68">
+    <w:p w:rsidR="00B47A49" w:rsidRDefault="00B47A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007E6C68" w:rsidRDefault="007E6C68">
+    <w:p w:rsidR="00B47A49" w:rsidRDefault="00B47A49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00A82C8D" w:rsidRDefault="00631ABA">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3700E37F" wp14:editId="382442CC">
           <wp:extent cx="5612130" cy="547423"/>
@@ -4217,51 +4436,51 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="547423"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00313D23" w:rsidRDefault="007E6C68">
+  <w:p w:rsidR="00313D23" w:rsidRDefault="00B47A49">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70AC3C39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E12609DA"/>
     <w:lvl w:ilvl="0" w:tplc="080A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4418,109 +4637,112 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="uxIYLJkzneGdy8CbmKcxOfjdWREC/+V+H7hfdTDEsEguBklAVoGc5z+lz6RqG0+nzpwnKAsXloYdlmOB2NSZ2A==" w:salt="D5JvRocxyTR1IWVW2ZMGsA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00507B72"/>
     <w:rsid w:val="0006535D"/>
+    <w:rsid w:val="002945D1"/>
     <w:rsid w:val="0040745C"/>
     <w:rsid w:val="00507B72"/>
     <w:rsid w:val="00631ABA"/>
     <w:rsid w:val="006A5B85"/>
     <w:rsid w:val="007E0CA9"/>
     <w:rsid w:val="007E6C68"/>
     <w:rsid w:val="00882AD5"/>
     <w:rsid w:val="00883F68"/>
     <w:rsid w:val="00965D9D"/>
+    <w:rsid w:val="00B34E7A"/>
+    <w:rsid w:val="00B47A49"/>
     <w:rsid w:val="00CC4C2E"/>
     <w:rsid w:val="00F15BCE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="48C38F77"/>
+  <w14:docId w14:val="33E9FBD0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E8181712-3973-409B-B1A4-C824762F2B50}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5110,62 +5332,76 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1531069154">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1405106500">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admision_mcig@centrogeo.edu.mx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centrogeo.org.mx/posgrado/especialidad-en-geomatica" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admision_eg@centrogeo.edu.mx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centrogeo.org.mx/posgrado/posgrado-en-ciencias-de-informacion-geoespacial" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centrogeo.org.mx/posgrado/maestria-en-planeacion-espacial" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://org.mx/transparencia/transparencia-2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admision_mpe@centrogeo.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admision_dcig@centrogeo.edu.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centrogeo" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admision_mcig@centrogeo.edu.mx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centrogeo.org.mx/posgrado/especialidad-en-geomatica" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admision_eg@centrogeo.edu.mx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centrogeo.org.mx/posgrado/posgrado-en-ciencias-de-informacion-geoespacial" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://org.mx/transparencia/transparencia-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centrogeo.org.mx/posgrado/maestria-en-planeacion-espacial" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centrogeo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admision_mpe@centrogeo.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admision_dcig@centrogeo.edu.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.PNG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.PNG"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C75E4B024204493A892E75DA7004CD04"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ACF77BFC-6924-4DE3-B5A2-92D2BCB1E080}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5529,50 +5765,79 @@
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="20F969F02152444F821617590D1BCC31"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{86126AF9-F8E1-41AC-B81C-E63EC4281C23}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B249CD" w:rsidRDefault="005F344B" w:rsidP="005F344B">
           <w:pPr>
             <w:pStyle w:val="20F969F02152444F821617590D1BCC31"/>
           </w:pPr>
           <w:r w:rsidRPr="00E4199F">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="201F0435347945E6AA6AF2509A56647C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{46A264C5-EA38-4640-AA76-E747545F75B9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="003B7BD7" w:rsidP="003B7BD7">
+          <w:pPr>
+            <w:pStyle w:val="201F0435347945E6AA6AF2509A56647C"/>
+          </w:pPr>
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -5604,52 +5869,54 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F344B"/>
+    <w:rsid w:val="00092828"/>
     <w:rsid w:val="001A2731"/>
     <w:rsid w:val="00302F63"/>
+    <w:rsid w:val="003B7BD7"/>
     <w:rsid w:val="005F344B"/>
     <w:rsid w:val="00726B7A"/>
     <w:rsid w:val="007A7569"/>
     <w:rsid w:val="00B249CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -6058,54 +6325,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B249CD"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="003B7BD7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C75E4B024204493A892E75DA7004CD04">
     <w:name w:val="C75E4B024204493A892E75DA7004CD04"/>
     <w:rsid w:val="005F344B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E4C8D9730074B3096748CC3CB2EDC36">
     <w:name w:val="3E4C8D9730074B3096748CC3CB2EDC36"/>
     <w:rsid w:val="005F344B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E966A0F9E04A45E3A976EF9BB7E3D4ED">
     <w:name w:val="E966A0F9E04A45E3A976EF9BB7E3D4ED"/>
     <w:rsid w:val="005F344B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E76B13464F684FF4B94C6F6F521B68E9">
     <w:name w:val="E76B13464F684FF4B94C6F6F521B68E9"/>
     <w:rsid w:val="005F344B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="67C5495236BA4934AEBF6B9FB101149E">
     <w:name w:val="67C5495236BA4934AEBF6B9FB101149E"/>
     <w:rsid w:val="005F344B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D32E199C8A814859A65A565D129BAE99">
     <w:name w:val="D32E199C8A814859A65A565D129BAE99"/>
     <w:rsid w:val="005F344B"/>
   </w:style>
@@ -6254,50 +6518,54 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F4BC123DE7F4583A63885D93754EB161">
     <w:name w:val="2F4BC123DE7F4583A63885D93754EB161"/>
     <w:rsid w:val="00B249CD"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A6B9DADB6EB4951BC3A1DB5468EBE8B1">
     <w:name w:val="9A6B9DADB6EB4951BC3A1DB5468EBE8B1"/>
     <w:rsid w:val="00B249CD"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="54112FCBFCF84F4E8A703A844E087B2F1">
     <w:name w:val="54112FCBFCF84F4E8A703A844E087B2F1"/>
     <w:rsid w:val="00B249CD"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="201F0435347945E6AA6AF2509A56647C">
+    <w:name w:val="201F0435347945E6AA6AF2509A56647C"/>
+    <w:rsid w:val="003B7BD7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -6530,70 +6798,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4204</Characters>
+  <Pages>1</Pages>
+  <Words>770</Words>
+  <Characters>4237</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4959</CharactersWithSpaces>
+  <CharactersWithSpaces>4998</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Asistente2 Posgrado</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>